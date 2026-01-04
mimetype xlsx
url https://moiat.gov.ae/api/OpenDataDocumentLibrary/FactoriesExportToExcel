--- v0 (2025-11-24)
+++ v1 (2026-01-04)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="629" uniqueCount="629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="625" uniqueCount="625">
   <si>
     <t>الأسم</t>
   </si>
   <si>
     <t>الموقع</t>
   </si>
   <si>
     <t>المنطقة</t>
   </si>
   <si>
     <t>العنوان</t>
   </si>
   <si>
     <t>الاميل</t>
   </si>
   <si>
     <t>الهاتف</t>
   </si>
   <si>
     <t>موقع إلكتروني</t>
   </si>
   <si>
     <t>نشاط</t>
   </si>
   <si>
@@ -207,98 +207,128 @@
   <si>
     <t>www.srnmech.com</t>
   </si>
   <si>
     <t>2512001</t>
   </si>
   <si>
     <t>صناعة الخزانات والصهاريج والأوعية المماثلة من المعدن المثبتة</t>
   </si>
   <si>
     <t>45049020</t>
   </si>
   <si>
     <t xml:space="preserve"> - - - أجزاء وقطع منفصلة للآلات والأجهزة ومعدات النقل </t>
   </si>
   <si>
     <t>73090090</t>
   </si>
   <si>
     <t xml:space="preserve">- - - غيرها </t>
   </si>
   <si>
     <t xml:space="preserve"> ادفانسد بيلدينغ سيستيمز للصناعة ش.ذ.م.م</t>
   </si>
   <si>
-    <t>AL QOUZ INDUSTRIAL AREA 1</t>
+    <t>مدينة دبي الصناعية</t>
+  </si>
+  <si>
+    <t>سيح شعيب3 - مستودع 02 ملك مجموعة مصانع عبدالجليل مهدي محمد العسماوي ش.ذ.م.م</t>
   </si>
   <si>
     <t>info@absdubai.com</t>
   </si>
   <si>
     <t>050-6598778</t>
   </si>
   <si>
     <t>www.advancedbs.ae</t>
   </si>
   <si>
     <t>2431003</t>
   </si>
   <si>
     <t>صناعة لوازم الأنابيب و المواسير من الصلب الصب</t>
   </si>
   <si>
     <t>73049000</t>
   </si>
   <si>
     <t xml:space="preserve">- غيرها </t>
   </si>
   <si>
+    <t xml:space="preserve"> اريانس لصناعة الزيوت ذ.م.م</t>
+  </si>
+  <si>
+    <t>أم القيوين</t>
+  </si>
+  <si>
+    <t>أم درع</t>
+  </si>
+  <si>
+    <t>UMM DERA</t>
+  </si>
+  <si>
+    <t>fasil@aryansgroup.com</t>
+  </si>
+  <si>
+    <t>052-7707798</t>
+  </si>
+  <si>
+    <t>1040101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">صناعة  الزيوت النباتية وتكريرها</t>
+  </si>
+  <si>
+    <t>15162000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- دهون وزيوت نباتية وجزيئاتها </t>
+  </si>
+  <si>
     <t xml:space="preserve"> الزمن لصناعة الزجاج والمرايا (ش.ذ.م.م.)</t>
   </si>
   <si>
     <t>منطقة القصيص صناعية</t>
   </si>
   <si>
-    <t>P.O. Box 47945</t>
+    <t>P.O. Box 47945 - Al Qusais Ind. First - Dubai</t>
   </si>
   <si>
     <t>zaga_alumdxb@yahoo.com</t>
   </si>
   <si>
     <t>042673494</t>
   </si>
   <si>
     <t>76109090</t>
   </si>
   <si>
     <t xml:space="preserve"> المدينة للانترلوك ذ.ذ.م - فرع 1</t>
   </si>
   <si>
-    <t>أم القيوين</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> ام الثعوب</t>
   </si>
   <si>
     <t>Umm Thoba 7</t>
   </si>
   <si>
     <t>sunil@almadinainterlock.ae</t>
   </si>
   <si>
     <t>0508618570</t>
   </si>
   <si>
     <t>2395001</t>
   </si>
   <si>
     <t>صناعة أصناف مسبقة الصب للبناء</t>
   </si>
   <si>
     <t>68101921</t>
   </si>
   <si>
     <t xml:space="preserve">- - - - بلاط وكتل جانبية (بردورات) لرصف الطرق </t>
   </si>
   <si>
     <t xml:space="preserve"> المصنع الوطنى للبلاستيك ذ.م.م</t>
@@ -417,725 +447,668 @@
   <si>
     <t>39191000</t>
   </si>
   <si>
     <t xml:space="preserve">ـ لفات لا يتجاوز عرضها 20 سم </t>
   </si>
   <si>
     <t>39199000</t>
   </si>
   <si>
     <t>ـ غيرها</t>
   </si>
   <si>
     <t>48114110</t>
   </si>
   <si>
     <t>- - - بشكل أشرطة أو لفات لا يزيد عرضها عن 36 سم</t>
   </si>
   <si>
     <t>59061000</t>
   </si>
   <si>
     <t xml:space="preserve"> - أشرطة لاصقة بعرض لا يزيد عن 20 سم </t>
   </si>
   <si>
-    <t xml:space="preserve"> اوشين لصناعة العبوات ذ.م.م</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">- - -  غيرها</t>
+    <t xml:space="preserve"> اولمبيك لصناعة الاسفنج والاثاث ذ.م.م - </t>
+  </si>
+  <si>
+    <t>عجمان</t>
+  </si>
+  <si>
+    <t>عجمان الصناعية</t>
+  </si>
+  <si>
+    <t>WH-Factory No 1, Ajman Industrial Area 2</t>
+  </si>
+  <si>
+    <t>nazir@eim.ae</t>
+  </si>
+  <si>
+    <t>0506316560</t>
+  </si>
+  <si>
+    <t>3100001</t>
+  </si>
+  <si>
+    <t>صناعة الأثاث المنزلي</t>
+  </si>
+  <si>
+    <t>94033010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - طاولات (مكاتب) </t>
+  </si>
+  <si>
+    <t>3100007</t>
+  </si>
+  <si>
+    <t>صناعة الأثاث المكتبي</t>
+  </si>
+  <si>
+    <t>94035010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - أطقم غرف النوم ، كاملة </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> اويلفيلد بتروليوم ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>مجمع دبي للإستثمار</t>
+  </si>
+  <si>
+    <t>DUBAI INVESTMENTS PARK 1</t>
+  </si>
+  <si>
+    <t>rajesh.koothully@ofpindustries.com</t>
+  </si>
+  <si>
+    <t>0554957127</t>
+  </si>
+  <si>
+    <t>2592011</t>
+  </si>
+  <si>
+    <t>تشغيل وتشكيل المعادن</t>
+  </si>
+  <si>
+    <t>82072000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- قوالب سحب وبثق المعادن </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ايكو كرافت للصناعات ذ.م.م</t>
+  </si>
+  <si>
+    <t>UMM EL THOUB</t>
+  </si>
+  <si>
+    <t>info@ecokraft.ae</t>
+  </si>
+  <si>
+    <t>050-4964120</t>
+  </si>
+  <si>
+    <t>1701004</t>
+  </si>
+  <si>
+    <t>صناعة الألواح المصفحة من الورق والورق المقوى</t>
+  </si>
+  <si>
+    <t>76071910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - -  لفات ألمنيوم مهيأ للبيع بالتجزئة </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ايه جي للواجهات ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>أم رمول</t>
+  </si>
+  <si>
+    <t>UMM RAMOOL</t>
+  </si>
+  <si>
+    <t>raja.gopalan@al-ghurair.com</t>
+  </si>
+  <si>
+    <t>055-9918488</t>
+  </si>
+  <si>
+    <t>73089090</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> تيمبركرافت لصناعة الخشاب ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>legal@jogaram.com</t>
+  </si>
+  <si>
+    <t>050-6510344</t>
+  </si>
+  <si>
+    <t>1622001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">صناعة  الابواب والنوافذ ومصاريعها واطرها الخشبية</t>
+  </si>
+  <si>
+    <t>44129100</t>
+  </si>
+  <si>
+    <t>غيرها من خشب متعاكس "أبلكاج" وخشب مصفح "ملبس" (مكسو بقشرة خشبية) وخشب منضد مماثل ذات طبقة خارجية واحدة على الأقل من أخشاب استوائية غير مذكورة في البنود الفرعية أعلاه</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> سافورا للصناعات الغذائية ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>AL QOUZ INDUSTRIAL FOURTH</t>
+  </si>
+  <si>
+    <t>accounts@savorafood.com</t>
+  </si>
+  <si>
+    <t>567022440</t>
+  </si>
+  <si>
+    <t>1079008</t>
+  </si>
+  <si>
+    <t>تعبئة الملح</t>
+  </si>
+  <si>
+    <t>17019911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - - بلوري متفاوت النعومة </t>
+  </si>
+  <si>
+    <t>1030009</t>
+  </si>
+  <si>
+    <t>صناعة عصائر الفاكهة والخضر</t>
+  </si>
+  <si>
+    <t>17049030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - ملبس على لوز وفستق وما يماثلة وأصناف الاثمار القشرية المهروسة مع السكر (مرزيبان) وما يماثلة </t>
+  </si>
+  <si>
+    <t>1050006</t>
+  </si>
+  <si>
+    <t>صناعة المثلجات</t>
+  </si>
+  <si>
+    <t>20079912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - - مشمش </t>
+  </si>
+  <si>
+    <t>1072003</t>
+  </si>
+  <si>
+    <t>تعبئة السكر</t>
+  </si>
+  <si>
+    <t>21069060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - عجائن أساسها السكر ومحتوية على دهن مضاف ولبن أو مكسرات وغير صالحة للإستهلاك مباشرة كمصنوعات سكرية ولكنها تستعمل كحشوة . . الخ ( للشوكلاته، للبسكويت الفاخر، للفطائر، للكعك، .. الخ) </t>
+  </si>
+  <si>
+    <t>1104902</t>
+  </si>
+  <si>
+    <t>صناعة مشروبات بنكهة الفواكه</t>
+  </si>
+  <si>
+    <t>21069092</t>
+  </si>
+  <si>
+    <t>- - - - محضرات لصناعة الليموناده أو غيرها من المشروبات مضاف اليها سكر أو مواد تحلية آخر.</t>
+  </si>
+  <si>
+    <t>21069099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - - غيرها </t>
+  </si>
+  <si>
+    <t>22029930</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - مشروبات اخر  منكهة غير غازية، مضاف اليها سكر او مواد تحلية اخر</t>
+  </si>
+  <si>
+    <t>22029060</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> مشـــروبات أخر غير غازية ، محلاة تحتوي على نكهة فواكه, عدا عصارات الفواكه أو الخضر الداخلة في البند 20.09</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> شركة نصار الرفاعي لتعبئة الفواكه والخضار والبقول وتعليبها ذ.م.م</t>
+  </si>
+  <si>
+    <t>منطقة رأس الخور الصناعية</t>
+  </si>
+  <si>
+    <t>راس الخور</t>
+  </si>
+  <si>
+    <t>accounts@nrtcgroup.com</t>
+  </si>
+  <si>
+    <t>506376394</t>
+  </si>
+  <si>
+    <t>1030001</t>
+  </si>
+  <si>
+    <t>تجهيز وتعبئة الفاكهة والخضر</t>
+  </si>
+  <si>
+    <t>07031011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - - بصل للطعام (أخضر أو يابس القشرة) </t>
+  </si>
+  <si>
+    <t>07051100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - خس ملفوف (مكبب) </t>
+  </si>
+  <si>
+    <t>07061000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- جزر ولفت بقلي </t>
+  </si>
+  <si>
+    <t>07070000</t>
+  </si>
+  <si>
+    <t>خيار وقثاء، خيارصغير محبب، طازجة أو مبردة.</t>
+  </si>
+  <si>
+    <t>08043000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- أناناس </t>
+  </si>
+  <si>
+    <t>08071100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - بطيخ أخضر </t>
+  </si>
+  <si>
+    <t>08081000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- تفاح </t>
+  </si>
+  <si>
+    <t>20041000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- بطاطس </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> صناعات تغليف المعادن ذ م م ش ش و</t>
+  </si>
+  <si>
+    <t>أبوظبي</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مصفح الصناعية </t>
+  </si>
+  <si>
+    <t>P O Box 29111</t>
+  </si>
+  <si>
+    <t>mcie@emirates.net.ae</t>
+  </si>
+  <si>
+    <t>0566642080</t>
+  </si>
+  <si>
+    <t>www.mci.ae</t>
+  </si>
+  <si>
+    <t>2592001</t>
+  </si>
+  <si>
+    <t>الطلاء بالمعادن</t>
+  </si>
+  <si>
+    <t>72081000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- بشكل لفات ، غير مشغولة أكثر من التجليخ بالحرارة ، ذات علامات سطحية بارزة </t>
+  </si>
+  <si>
+    <t>72141000</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> قضبان وعيدان من حديد أو صلب من غير الخلائط ، غير مشغولة بأكثر من الطــرق أو التجليخ أو السحب أو البثق بالحرارة ، بما فيها القضبان والعيدان المفتولة بعد التجليخ ,مطروقة</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> فيجن للصناعات المعمارية ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>DIP 1, Warehouse 5</t>
+  </si>
+  <si>
+    <t>model@visionegm.com</t>
+  </si>
+  <si>
+    <t>050-2832789</t>
+  </si>
+  <si>
+    <t>www.visionegm.com</t>
+  </si>
+  <si>
+    <t>68109990</t>
+  </si>
+  <si>
+    <t>2395004</t>
+  </si>
+  <si>
+    <t>صناعة المنتجات الأسمنتية المقواة بالألياف الزجاجية</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> لوبكون لصناعة زيوت التشحيم ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>رأس الخيمة</t>
+  </si>
+  <si>
+    <t>منطقة الحمرا الصناعية</t>
+  </si>
+  <si>
+    <t>WIZN5-10 Shed No.5 Al Hamra Industrial Zone-NFZ RAK, United Arab Emirates</t>
+  </si>
+  <si>
+    <t>lubconoblm@gmail.com</t>
+  </si>
+  <si>
+    <t>056-7710429</t>
+  </si>
+  <si>
+    <t>1920006</t>
+  </si>
+  <si>
+    <t>صناعة زيوت التشحيم أو الشحوم من زيت الأساس</t>
+  </si>
+  <si>
+    <t>27101912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للمحركات التي يتم الاشتعال فيها بالشرر (بنزين)</t>
+  </si>
+  <si>
+    <t>27101913</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - - - -  للمحركات التي يتم الأشتعال فيها بالضغط (ديزل )</t>
+  </si>
+  <si>
+    <t>27101914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  لناقل الحركة اليدوي </t>
+  </si>
+  <si>
+    <t>27101915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  لناقل الحركة الاتوماتيكيي </t>
+  </si>
+  <si>
+    <t>27101994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للفرامل الهيدروليكية </t>
+  </si>
+  <si>
+    <t>27101995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للأنظمة الهيدروليكية التوربينية</t>
+  </si>
+  <si>
+    <t>27101998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  محضرات التشحيم الأخر </t>
+  </si>
+  <si>
+    <t>73102130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - لحفظ المواد الكيماوية وزيوت التزييت </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ماي بلو لتنقية مياه الشرب وتصفيتها ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>القصيص الرابعة</t>
+  </si>
+  <si>
+    <t>Rekha@Maiblue.ae</t>
+  </si>
+  <si>
+    <t>050-5175754</t>
+  </si>
+  <si>
+    <t>1104201</t>
+  </si>
+  <si>
+    <t>إنتاج المياه المعبأة</t>
+  </si>
+  <si>
+    <t>22019010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - مياه عادية طبيعية </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> مجنس جرين لصناعة الواح الطاقة الشمسية ذ.م.م</t>
+  </si>
+  <si>
+    <t>مجمع الصناعات الوطنية</t>
+  </si>
+  <si>
+    <t>Plot No TP010505, JEBEL ALI SOUTH, NIP</t>
+  </si>
+  <si>
+    <t>info@magnusgreensolar.com</t>
+  </si>
+  <si>
+    <t>050-7863131</t>
+  </si>
+  <si>
+    <t>WWW.MAGNUSGREENSOLAR.COM</t>
+  </si>
+  <si>
+    <t>2710013</t>
+  </si>
+  <si>
+    <t>تجميع ألواح الطاقة الشمسية</t>
+  </si>
+  <si>
+    <t>85414300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خلايا  ضوئية فولتائية مجمعة في شكل وحدات أو مهيأة بشكل ألوح من أدوات شبه موصلة حساسة للضوء.</t>
+  </si>
+  <si>
+    <t>2710012</t>
+  </si>
+  <si>
+    <t>صناعة ألواح الطاقة الشمسية</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> مصنع الرايقه للتمور ذ.م.م شركة الشخص الواحد</t>
+  </si>
+  <si>
+    <t>الجرف الصناعية</t>
+  </si>
+  <si>
+    <t>No. 19,Jurf Industrial Zone1, ajman</t>
+  </si>
+  <si>
+    <t>raiqafactory@gmail.com</t>
+  </si>
+  <si>
+    <t>056-9901869</t>
+  </si>
+  <si>
+    <t>1030003</t>
+  </si>
+  <si>
+    <t>صناعة المنتجات الغذائية من الفاكهة أو الخضر</t>
+  </si>
+  <si>
+    <t>19053200</t>
+  </si>
+  <si>
+    <t>- - وافلز و ويفرز</t>
+  </si>
+  <si>
+    <t>18069090</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> شوكولاته ومحضرات غذائية أخر تحتوي على كاكاو (غ.م.ك)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> مطبعة السريع ذ. م .م - ش ش و </t>
+  </si>
+  <si>
+    <t xml:space="preserve">المنطقة الصناعية – الشارقة </t>
+  </si>
+  <si>
+    <t>Industrial Area 4 Sharjah</t>
+  </si>
+  <si>
+    <t>divyank@fastprintingpressllc.com</t>
+  </si>
+  <si>
+    <t>050-4738088</t>
+  </si>
+  <si>
+    <t>1811001</t>
+  </si>
+  <si>
+    <t>طباعة الاستمارات والمواد التجارية المطبوعة الأخرى</t>
+  </si>
+  <si>
+    <t>49090020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - بطاقات تهاني وما يماثلها </t>
+  </si>
+  <si>
+    <t>49119190</t>
+  </si>
+  <si>
+    <t>49119990</t>
+  </si>
+  <si>
+    <t>49019910</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> كتب وكتيبات ونشرات علمية أو فنية أو أدبية أو دينية أو حكومية معدة للمطالعة من جميع الأنواع، مطبوعة من أوراق منفصلة وإن كانت مطوية </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> مهيكو للصناعات المعدنية ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>Al Marbeya street</t>
+  </si>
+  <si>
+    <t>maheco@eim.ae</t>
+  </si>
+  <si>
+    <t>043477712</t>
+  </si>
+  <si>
+    <t>www.maheco.ae</t>
+  </si>
+  <si>
+    <t>66032000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- هياكل مظلات ، بما فيها الهياكل المركبة على محاور (عصي) </t>
+  </si>
+  <si>
+    <t>44189010</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> درابزين للسلالم (الدرج)من خشب</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> نتورباك لصناعات التغليف ذ م م</t>
+  </si>
+  <si>
+    <t>FG1 Fab compound DIP 1</t>
+  </si>
+  <si>
+    <t>Sonam@naturepack.ae</t>
+  </si>
+  <si>
+    <t>058-5143169</t>
+  </si>
+  <si>
+    <t>https://naturepack.ae/</t>
   </si>
   <si>
     <t>1702004</t>
   </si>
   <si>
     <t>صناعة الأكياس الورقية</t>
   </si>
   <si>
-    <t xml:space="preserve"> اولمبيك لصناعة الاسفنج والاثاث ذ.م.م - </t>
-[...628 lines deleted...]
-  <si>
     <t>48194000</t>
   </si>
   <si>
     <t xml:space="preserve"> - أكياس أخر، بما فيها المخاريط </t>
   </si>
   <si>
     <t xml:space="preserve"> واي ام اس لصناعة الاجزاء المعدنية الانشائية ش.ذ.م.م</t>
   </si>
   <si>
-    <t>مدينة دبي الصناعية</t>
-[...1 lines deleted...]
-  <si>
     <t>DUBAI INDUSRIAL CITY</t>
   </si>
   <si>
     <t>pro@yms-uae.com</t>
   </si>
   <si>
     <t>050-3916425</t>
   </si>
   <si>
     <t>www.ymsengineering.com</t>
   </si>
   <si>
     <t>2511010</t>
   </si>
   <si>
     <t>صناعة أُطر صناعية من معادن</t>
   </si>
   <si>
     <t>73089000</t>
   </si>
   <si>
     <t>غيرها</t>
   </si>
   <si>
     <t>( اكسبيرتس لخدمات التصنع والطلاء ذ.م.م (شركه الشخص الواحد)</t>
@@ -1761,50 +1734,62 @@
   <si>
     <t>آرت وود للصناعات الخشبية ش.ذ.م.م</t>
   </si>
   <si>
     <t>Al Quoz Industrial Area 3</t>
   </si>
   <si>
     <t>issa_zakarya@yahoo.com</t>
   </si>
   <si>
     <t>043475700</t>
   </si>
   <si>
     <t>1629911</t>
   </si>
   <si>
     <t>صناعة منتجات الديكور الخشبية</t>
   </si>
   <si>
     <t>44182000</t>
   </si>
   <si>
     <t xml:space="preserve">- أبواب وأطرها وعتباتها </t>
   </si>
   <si>
+    <t>أرماف لصناعة العطور ذ.م.م</t>
+  </si>
+  <si>
+    <t>مستودع رقم 6-ملك استيرلنغ لصناعة العطور )ش.ذ.م.م( )فرع(-مجمع دبي للستثمار2</t>
+  </si>
+  <si>
+    <t>I.KARAM@FAKHRUDDIN.AE</t>
+  </si>
+  <si>
+    <t>052-6407656</t>
+  </si>
+  <si>
     <t>أريبيان سنت هاوس لتصنيع العطور ومستحضرات التجميل ذ.م.م</t>
   </si>
   <si>
     <t>أم القيوين، أم درع، شارع الاتحاد</t>
   </si>
   <si>
     <t>factoryessarperfumes@gmail.com</t>
   </si>
   <si>
     <t>056-6351205</t>
   </si>
   <si>
     <t>33013010</t>
   </si>
   <si>
     <t xml:space="preserve">- - -  دهن العود</t>
   </si>
   <si>
     <t>2023012</t>
   </si>
   <si>
     <t>صناعة مستحضرات التجميل والتزيين</t>
   </si>
   <si>
     <t>33030020</t>
@@ -1857,51 +1842,54 @@
   <si>
     <t>0523528777</t>
   </si>
   <si>
     <t>2732001</t>
   </si>
   <si>
     <t>صناعة الأسلاك والكابلات المعزولة</t>
   </si>
   <si>
     <t>85446010</t>
   </si>
   <si>
     <t xml:space="preserve">ـ ـ ـ كابلات كهربائية يزيد مقطعها العرضي عن 10 ملم </t>
   </si>
   <si>
     <t>85446020</t>
   </si>
   <si>
     <t>ـ ـ ـ أسلاك كهربائية لا يزيد مقطعها العرضي عن 10 ملم</t>
   </si>
   <si>
     <t>إس إم آي كوتد برودكتس اندستري ذ.م.م</t>
   </si>
   <si>
-    <t>accountsfze@smicoatedproducts.com</t>
+    <t xml:space="preserve">ام درع  Umm deira - industrial area - Emirate of Umm Al Quwain</t>
+  </si>
+  <si>
+    <t>accounts.dubai@jindalgroup.com</t>
   </si>
   <si>
     <t>0557174127</t>
   </si>
   <si>
     <t>1709013</t>
   </si>
   <si>
     <t>صناعة الورق المصمَّغ أو اللاصق الجاهز للاستعمال</t>
   </si>
   <si>
     <t>48101300</t>
   </si>
   <si>
     <t xml:space="preserve"> - - بشكل لفات </t>
   </si>
   <si>
     <t>48114190</t>
   </si>
   <si>
     <t>- - - غيرها</t>
   </si>
   <si>
     <t>آسا للعطور ذ.م.م</t>
   </si>
@@ -1991,51 +1979,51 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K209"/>
+  <dimension ref="A1:K207"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="70" customWidth="1" style="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.0728225708008" customWidth="1"/>
     <col min="8" max="8" width="9.60472393035889" customWidth="1"/>
     <col min="9" max="9" width="45" customWidth="1" style="1"/>
     <col min="10" max="10" width="10.1619520187378" customWidth="1"/>
     <col min="11" max="11" width="45" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
@@ -2689,6633 +2677,6571 @@
         <v>57</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>58</v>
       </c>
       <c r="G21" s="5" t="s">
         <v>59</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="4"/>
       <c r="J21" s="5" t="s">
         <v>64</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I23" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K23" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J24" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="I25" s="4" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>95</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>96</v>
       </c>
       <c r="G28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>95</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>96</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I29" s="4" t="s">
         <v>98</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>99</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="G30" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H30" s="5" t="s">
-[...9 lines deleted...]
-        <v>104</v>
+      <c r="H30" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I31" s="4" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="K31" s="4" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H32" s="5"/>
-      <c r="I32" s="4"/>
+      <c r="H32" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>112</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="K32" s="4" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="E33" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="F33" s="5" t="s">
+      <c r="I33" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="G33" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="J33" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="K33" s="4" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="4" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H34" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H34" s="5"/>
+      <c r="I34" s="4"/>
       <c r="J34" s="5" t="s">
         <v>119</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H35" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K35" s="4"/>
+      <c r="H35" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C36" s="5" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>124</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>125</v>
       </c>
       <c r="F36" s="5" t="s">
         <v>126</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H36" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H36" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K36" s="4" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C37" s="5" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>124</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>125</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="I37" s="4" t="s">
-        <v>128</v>
-[...6 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="4"/>
     </row>
     <row r="38">
       <c r="A38" s="4" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H38" s="5"/>
-[...5 lines deleted...]
-        <v>132</v>
+      <c r="H38" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K38" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="G39" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H39" s="5"/>
-      <c r="I39" s="4"/>
+      <c r="H39" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>138</v>
+      </c>
       <c r="J39" s="5" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="K39" s="4" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="G40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="5"/>
       <c r="I40" s="4"/>
       <c r="J40" s="5" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="K40" s="4" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H41" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H41" s="5"/>
+      <c r="I41" s="4"/>
+      <c r="J41" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K41" s="4" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="4" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H42" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H42" s="5"/>
+      <c r="I42" s="4"/>
       <c r="J42" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K42" s="4" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>82</v>
+        <v>148</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="G43" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H43" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K43" s="4"/>
+      <c r="H43" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B44" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="B44" s="5" t="s">
+      <c r="C44" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="C44" s="5" t="s">
+      <c r="D44" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D44" s="5" t="s">
+      <c r="E44" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="E44" s="5" t="s">
+      <c r="F44" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="G44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="G44" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I44" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="K44" s="4" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B45" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="B45" s="5" t="s">
+      <c r="C45" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="C45" s="5" t="s">
+      <c r="D45" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="D45" s="5" t="s">
+      <c r="E45" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="E45" s="5" t="s">
+      <c r="F45" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="F45" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="I45" s="4" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="K45" s="4" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="4" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>151</v>
+        <v>163</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H46" s="5" t="s">
-[...9 lines deleted...]
-        <v>161</v>
+      <c r="H46" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C47" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="5" t="s">
+      <c r="D47" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="D47" s="5" t="s">
+      <c r="E47" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="E47" s="5" t="s">
+      <c r="F47" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="F47" s="5" t="s">
+      <c r="G47" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" s="5" t="s">
         <v>166</v>
       </c>
-      <c r="G47" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I47" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="K47" s="4" t="s">
+        <v>169</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>163</v>
+        <v>93</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H48" s="5" t="s">
-[...9 lines deleted...]
-        <v>170</v>
+      <c r="H48" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J48" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K48" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D49" s="5" t="s">
+      <c r="E49" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="E49" s="5" t="s">
+      <c r="F49" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="F49" s="5" t="s">
+      <c r="G49" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H49" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="G49" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I49" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="K49" s="4" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>83</v>
+        <v>179</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>173</v>
+        <v>181</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H50" s="5" t="s">
-[...9 lines deleted...]
-        <v>178</v>
+      <c r="H50" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I50" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J50" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K50" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C51" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="5" t="s">
+      <c r="D51" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="E51" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="E51" s="5" t="s">
+      <c r="F51" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="F51" s="5" t="s">
+      <c r="G51" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I51" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J51" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="G51" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="K51" s="4" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="4" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H52" s="5" t="s">
-[...9 lines deleted...]
-        <v>65</v>
+      <c r="H52" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I52" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D53" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="E53" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="E53" s="5" t="s">
+      <c r="F53" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="F53" s="5" t="s">
+      <c r="G53" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="G53" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I53" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="K53" s="4" t="s">
+        <v>191</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H54" s="5" t="s">
-[...9 lines deleted...]
-        <v>192</v>
+      <c r="H54" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K54" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E55" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E55" s="5" t="s">
+      <c r="F55" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F55" s="5" t="s">
+      <c r="G55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="G55" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I55" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="K55" s="4" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E56" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E56" s="5" t="s">
+      <c r="F56" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="I56" s="4" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="K56" s="4" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E57" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E57" s="5" t="s">
+      <c r="F57" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="I57" s="4" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="K57" s="4" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D58" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E58" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E58" s="5" t="s">
+      <c r="F58" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F58" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="I58" s="4" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="K58" s="4" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D59" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E59" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E59" s="5" t="s">
+      <c r="F59" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="I59" s="4" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="K59" s="4" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D60" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="F60" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="F60" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H60" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H60" s="5"/>
+      <c r="I60" s="4"/>
       <c r="J60" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D61" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E61" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E61" s="5" t="s">
+      <c r="F61" s="5" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="5"/>
       <c r="I61" s="4"/>
       <c r="J61" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="K61" s="4" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D62" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E62" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="E62" s="5" t="s">
+      <c r="F62" s="5" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H62" s="5"/>
       <c r="I62" s="4"/>
       <c r="J62" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
-        <v>193</v>
+        <v>222</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>55</v>
+        <v>223</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>194</v>
+        <v>224</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>195</v>
+        <v>225</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>196</v>
+        <v>226</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H63" s="5"/>
-[...5 lines deleted...]
-        <v>222</v>
+      <c r="H63" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K63" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="5" t="s">
+      <c r="D64" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D64" s="5" t="s">
+      <c r="E64" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E64" s="5" t="s">
+      <c r="F64" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="F64" s="5" t="s">
+      <c r="G64" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="G64" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I64" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="K64" s="4" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C65" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B65" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="5" t="s">
+      <c r="D65" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D65" s="5" t="s">
+      <c r="E65" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E65" s="5" t="s">
+      <c r="F65" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="F65" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H65" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H65" s="5"/>
+      <c r="I65" s="4"/>
       <c r="J65" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="D66" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D66" s="5" t="s">
+      <c r="E66" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E66" s="5" t="s">
+      <c r="F66" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5"/>
       <c r="I66" s="4"/>
       <c r="J66" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="K66" s="4" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="5" t="s">
+      <c r="D67" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D67" s="5" t="s">
+      <c r="E67" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E67" s="5" t="s">
+      <c r="F67" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="4"/>
       <c r="J67" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K67" s="4" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="5" t="s">
+      <c r="D68" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D68" s="5" t="s">
+      <c r="E68" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E68" s="5" t="s">
+      <c r="F68" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5"/>
       <c r="I68" s="4"/>
       <c r="J68" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K68" s="4" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C69" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="5" t="s">
+      <c r="D69" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D69" s="5" t="s">
+      <c r="E69" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E69" s="5" t="s">
+      <c r="F69" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5"/>
       <c r="I69" s="4"/>
       <c r="J69" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K69" s="4" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="5" t="s">
+      <c r="D70" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="E70" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E70" s="5" t="s">
+      <c r="F70" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="5"/>
       <c r="I70" s="4"/>
       <c r="J70" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K70" s="4" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="5" t="s">
+      <c r="D71" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="E71" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E71" s="5" t="s">
+      <c r="F71" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H71" s="5"/>
       <c r="I71" s="4"/>
       <c r="J71" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="s">
-        <v>223</v>
+        <v>245</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>224</v>
+        <v>247</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>225</v>
+        <v>248</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>226</v>
+        <v>249</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>227</v>
+        <v>250</v>
       </c>
       <c r="G72" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>245</v>
+        <v>251</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I72" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B73" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="B73" s="5" t="s">
+      <c r="C73" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C73" s="5" t="s">
+      <c r="D73" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="D73" s="5" t="s">
+      <c r="E73" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="E73" s="5" t="s">
+      <c r="F73" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="F73" s="5" t="s">
+      <c r="G73" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="G73" s="5" t="s">
+      <c r="H73" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="H73" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="I73" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="K73" s="4" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="B74" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="B74" s="5" t="s">
+      <c r="C74" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C74" s="5" t="s">
+      <c r="D74" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="D74" s="5" t="s">
+      <c r="E74" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="E74" s="5" t="s">
+      <c r="F74" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="F74" s="5" t="s">
+      <c r="G74" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="G74" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="H74" s="5"/>
+      <c r="I74" s="4"/>
       <c r="J74" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>247</v>
+        <v>10</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>252</v>
-[...7 lines deleted...]
-        <v>258</v>
+        <v>262</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I75" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K75" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="B76" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D76" s="5" t="s">
+      <c r="E76" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="E76" s="5" t="s">
+      <c r="F76" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="F76" s="5" t="s">
+      <c r="G76" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="G76" s="5" t="s">
+      <c r="H76" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="I76" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="J76" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="H76" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="K76" s="4" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="B77" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D77" s="5" t="s">
+      <c r="E77" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="E77" s="5" t="s">
+      <c r="F77" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="F77" s="5" t="s">
+      <c r="G77" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="G77" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H77" s="5" t="s">
-        <v>87</v>
+        <v>264</v>
       </c>
       <c r="I77" s="4" t="s">
-        <v>88</v>
-[...6 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="J77" s="5"/>
+      <c r="K77" s="4"/>
     </row>
     <row r="78">
       <c r="A78" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="B78" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D78" s="5" t="s">
+      <c r="E78" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="E78" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="F78" s="5" t="s">
+      <c r="G78" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="G78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="5" t="s">
-        <v>265</v>
+        <v>46</v>
       </c>
       <c r="I78" s="4" t="s">
-        <v>266</v>
+        <v>47</v>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="4"/>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
-        <v>259</v>
+        <v>266</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>10</v>
+        <v>267</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>163</v>
+        <v>268</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="G79" s="5" t="s">
-        <v>263</v>
-[...8 lines deleted...]
-      <c r="K79" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I79" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K79" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B80" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B80" s="5" t="s">
+      <c r="C80" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C80" s="5" t="s">
+      <c r="D80" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D80" s="5" t="s">
+      <c r="E80" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E80" s="5" t="s">
+      <c r="F80" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="F80" s="5" t="s">
+      <c r="G80" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H80" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="G80" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I80" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K80" s="4" t="s">
+        <v>275</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B81" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B81" s="5" t="s">
+      <c r="C81" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C81" s="5" t="s">
+      <c r="D81" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="E81" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E81" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="F81" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G81" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H81" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H81" s="5"/>
+      <c r="I81" s="4"/>
       <c r="J81" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B82" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B82" s="5" t="s">
+      <c r="C82" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C82" s="5" t="s">
+      <c r="D82" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D82" s="5" t="s">
+      <c r="E82" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E82" s="5" t="s">
+      <c r="F82" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G82" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H82" s="5"/>
       <c r="I82" s="4"/>
       <c r="J82" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="K82" s="4" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B83" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B83" s="5" t="s">
+      <c r="C83" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C83" s="5" t="s">
+      <c r="D83" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D83" s="5" t="s">
+      <c r="E83" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E83" s="5" t="s">
+      <c r="F83" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H83" s="5"/>
       <c r="I83" s="4"/>
       <c r="J83" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="K83" s="4" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B84" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B84" s="5" t="s">
+      <c r="C84" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C84" s="5" t="s">
+      <c r="D84" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D84" s="5" t="s">
+      <c r="E84" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E84" s="5" t="s">
+      <c r="F84" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H84" s="5"/>
       <c r="I84" s="4"/>
       <c r="J84" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="K84" s="4" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B85" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B85" s="5" t="s">
+      <c r="C85" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C85" s="5" t="s">
+      <c r="D85" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D85" s="5" t="s">
+      <c r="E85" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E85" s="5" t="s">
+      <c r="F85" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G85" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H85" s="5"/>
       <c r="I85" s="4"/>
       <c r="J85" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="K85" s="4" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B86" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B86" s="5" t="s">
+      <c r="C86" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C86" s="5" t="s">
+      <c r="D86" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D86" s="5" t="s">
+      <c r="E86" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E86" s="5" t="s">
+      <c r="F86" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G86" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H86" s="5"/>
       <c r="I86" s="4"/>
       <c r="J86" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="K86" s="4" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="B87" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="B87" s="5" t="s">
+      <c r="C87" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="C87" s="5" t="s">
+      <c r="D87" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="D87" s="5" t="s">
+      <c r="E87" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="E87" s="5" t="s">
+      <c r="F87" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="5"/>
       <c r="I87" s="4"/>
       <c r="J87" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="K87" s="4" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="4" t="s">
-        <v>267</v>
+        <v>290</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>268</v>
+        <v>10</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>269</v>
+        <v>87</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>271</v>
+        <v>292</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>272</v>
+        <v>293</v>
       </c>
       <c r="G88" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H88" s="5"/>
-[...5 lines deleted...]
-        <v>290</v>
+      <c r="H88" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I88" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K88" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D89" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D89" s="5" t="s">
+      <c r="E89" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="E89" s="5" t="s">
+      <c r="F89" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="F89" s="5" t="s">
+      <c r="G89" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="G89" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="I89" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="K89" s="4" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>268</v>
+        <v>10</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>65</v>
+        <v>303</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I90" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J90" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K90" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>268</v>
+        <v>10</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>15</v>
+        <v>303</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="I91" s="4" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-      <c r="K91" s="4"/>
+        <v>305</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K91" s="4" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D92" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D92" s="5" t="s">
+      <c r="E92" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="E92" s="5" t="s">
+      <c r="F92" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="F92" s="5" t="s">
+      <c r="G92" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="G92" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="H92" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="I92" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="J92" s="5"/>
+      <c r="K92" s="4"/>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>76</v>
+        <v>311</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H93" s="5" t="s">
-[...9 lines deleted...]
-        <v>307</v>
+      <c r="H93" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I93" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J93" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K93" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>313</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="I94" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="K94" s="4" t="s">
+        <v>318</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H95" s="5"/>
+      <c r="I95" s="4"/>
       <c r="J95" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="K95" s="4" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="4" t="s">
-        <v>308</v>
+        <v>321</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>310</v>
+        <v>323</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>313</v>
-[...8 lines deleted...]
-      <c r="K96" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H96" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I96" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J96" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K96" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H97" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H97" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="I97" s="4" t="s">
+        <v>327</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="K97" s="4" t="s">
+        <v>329</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H98" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H98" s="5"/>
+      <c r="I98" s="4"/>
       <c r="J98" s="5" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="K98" s="4" t="s">
-        <v>328</v>
+        <v>65</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>149</v>
+        <v>122</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H99" s="5"/>
       <c r="I99" s="4"/>
       <c r="J99" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="K99" s="4" t="s">
-        <v>330</v>
+        <v>65</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C100" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H100" s="5"/>
+      <c r="I100" s="4"/>
+      <c r="J100" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="D100" s="5" t="s">
+      <c r="K100" s="4" t="s">
         <v>333</v>
-      </c>
-[...19 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>332</v>
+        <v>55</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-      <c r="J101" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="K101" s="4" t="s">
-        <v>339</v>
+      <c r="H101" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I101" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J101" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K101" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>332</v>
+        <v>55</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I102" s="4"/>
+        <v>338</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I102" s="4" t="s">
+        <v>43</v>
+      </c>
       <c r="J102" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K102" s="4" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="4" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>332</v>
+        <v>55</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>15</v>
+        <v>338</v>
       </c>
       <c r="H103" s="5"/>
       <c r="I103" s="4"/>
       <c r="J103" s="5" t="s">
         <v>341</v>
       </c>
       <c r="K103" s="4" t="s">
-        <v>65</v>
+        <v>342</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>332</v>
+        <v>162</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>343</v>
+        <v>347</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I104" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J104" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K104" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4" t="s">
+        <v>343</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D105" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D105" s="5" t="s">
+      <c r="E105" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="E105" s="5" t="s">
+      <c r="F105" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="F105" s="5" t="s">
+      <c r="G105" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="G105" s="5" t="s">
+      <c r="H105" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="H105" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="I105" s="4" t="s">
+        <v>349</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="K105" s="4" t="s">
+        <v>351</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>348</v>
-[...11 lines deleted...]
-        <v>350</v>
+        <v>356</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I106" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K106" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="4" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-      <c r="I107" s="4"/>
+        <v>356</v>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I107" s="4" t="s">
+        <v>253</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>351</v>
+        <v>183</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>352</v>
+        <v>65</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D108" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D108" s="5" t="s">
+      <c r="E108" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="E108" s="5" t="s">
+      <c r="F108" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="F108" s="5" t="s">
+      <c r="G108" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="G108" s="5" t="s">
+      <c r="H108" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="H108" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="I108" s="4" t="s">
+        <v>358</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="K108" s="4" t="s">
+        <v>360</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="s">
+        <v>352</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D109" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D109" s="5" t="s">
+      <c r="E109" s="5" t="s">
         <v>354</v>
       </c>
-      <c r="E109" s="5" t="s">
+      <c r="F109" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="F109" s="5" t="s">
+      <c r="G109" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="G109" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H109" s="5" t="s">
-        <v>146</v>
+        <v>42</v>
       </c>
       <c r="I109" s="4" t="s">
-        <v>147</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="J109" s="5"/>
+      <c r="K109" s="4"/>
     </row>
     <row r="110">
       <c r="A110" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>361</v>
+        <v>149</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>363</v>
       </c>
       <c r="F110" s="5" t="s">
         <v>364</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>365</v>
+        <v>15</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J110" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>361</v>
+        <v>149</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>363</v>
       </c>
       <c r="F111" s="5" t="s">
         <v>364</v>
       </c>
       <c r="G111" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H111" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="H111" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I111" s="4" t="s">
-        <v>254</v>
+        <v>366</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>184</v>
+        <v>367</v>
       </c>
       <c r="K111" s="4" t="s">
-        <v>65</v>
+        <v>368</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="4" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>361</v>
+        <v>149</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>362</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>363</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>364</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>365</v>
+        <v>15</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="I112" s="4" t="s">
-        <v>367</v>
-[...6 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="J112" s="5"/>
+      <c r="K112" s="4"/>
     </row>
     <row r="113">
       <c r="A113" s="4" t="s">
-        <v>360</v>
+        <v>371</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>361</v>
+        <v>311</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>365</v>
-[...8 lines deleted...]
-      <c r="K113" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I113" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J113" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K113" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="114">
       <c r="A114" s="4" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>150</v>
+        <v>311</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="G114" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H114" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H114" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="I114" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="K114" s="4" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="4" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="G115" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H115" s="5" t="s">
-[...9 lines deleted...]
-        <v>377</v>
+      <c r="H115" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I115" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J115" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K115" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>150</v>
+        <v>55</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="G116" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="I116" s="4" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-      <c r="K116" s="4"/>
+        <v>383</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="K116" s="4" t="s">
+        <v>385</v>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>321</v>
+        <v>67</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="G117" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H117" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J117" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>321</v>
+        <v>67</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="G118" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I118" s="4" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="K118" s="4" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="4" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="G119" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H119" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J119" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="4" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>55</v>
+        <v>322</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="I120" s="4" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>393</v>
+        <v>129</v>
       </c>
       <c r="K120" s="4" t="s">
-        <v>394</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D121" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D121" s="5" t="s">
+      <c r="E121" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="E121" s="5" t="s">
+      <c r="F121" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="F121" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G121" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H121" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H121" s="5"/>
+      <c r="I121" s="4"/>
+      <c r="J121" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="K121" s="4" t="s">
+        <v>401</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="4" t="s">
+        <v>394</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D122" s="5" t="s">
         <v>395</v>
       </c>
-      <c r="B122" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D122" s="5" t="s">
+      <c r="E122" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="E122" s="5" t="s">
+      <c r="F122" s="5" t="s">
         <v>397</v>
       </c>
-      <c r="F122" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G122" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H122" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H122" s="5"/>
+      <c r="I122" s="4"/>
       <c r="J122" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="K122" s="4" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="4" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="D123" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H123" s="5"/>
+      <c r="I123" s="4"/>
+      <c r="J123" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="E123" s="5" t="s">
+      <c r="K123" s="4" t="s">
         <v>405</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="4" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>332</v>
+        <v>407</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="G124" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H124" s="5" t="s">
-[...9 lines deleted...]
-        <v>120</v>
+      <c r="H124" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I124" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J124" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K124" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="4" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>332</v>
+        <v>407</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="G125" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H125" s="5"/>
-      <c r="I125" s="4"/>
+      <c r="H125" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="I125" s="4" t="s">
+        <v>412</v>
+      </c>
       <c r="J125" s="5" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="K125" s="4" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>332</v>
+        <v>407</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H126" s="5"/>
       <c r="I126" s="4"/>
       <c r="J126" s="5" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="K126" s="4" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="4" t="s">
-        <v>403</v>
+        <v>417</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>112</v>
+        <v>246</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>332</v>
+        <v>418</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>404</v>
+        <v>419</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>406</v>
+        <v>421</v>
       </c>
       <c r="G127" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H127" s="5"/>
-[...5 lines deleted...]
-        <v>414</v>
+      <c r="H127" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I127" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J127" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K127" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="4" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>92</v>
+        <v>246</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H128" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H128" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="I128" s="4" t="s">
+        <v>423</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="K128" s="4" t="s">
+        <v>425</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="4" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>92</v>
+        <v>246</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="G129" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H129" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H129" s="5"/>
+      <c r="I129" s="4"/>
       <c r="J129" s="5" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="K129" s="4" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="4" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>92</v>
+        <v>246</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="F130" s="5" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="5"/>
       <c r="I130" s="4"/>
       <c r="J130" s="5" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="K130" s="4" t="s">
-        <v>425</v>
+        <v>75</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="4" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="E131" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H131" s="5"/>
+      <c r="I131" s="4"/>
+      <c r="J131" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="F131" s="5" t="s">
-[...15 lines deleted...]
-        <v>19</v>
+      <c r="K131" s="4" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="4" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>247</v>
+        <v>148</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>427</v>
+        <v>149</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-      <c r="K132" s="4" t="s">
         <v>434</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I132" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J132" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K132" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="4" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>247</v>
+        <v>148</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>427</v>
+        <v>149</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I133" s="4"/>
+        <v>434</v>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I133" s="4" t="s">
+        <v>112</v>
+      </c>
       <c r="J133" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="4" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>247</v>
+        <v>122</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>427</v>
+        <v>322</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="F134" s="5" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="G134" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>74</v>
+        <v>441</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I134" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J134" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K134" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="4" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>247</v>
+        <v>122</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>427</v>
+        <v>322</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>429</v>
+        <v>439</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>430</v>
+        <v>440</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I135" s="4"/>
+        <v>441</v>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="I135" s="4" t="s">
+        <v>376</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>65</v>
+        <v>443</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="E136" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="B136" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D136" s="5" t="s">
+      <c r="F136" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="E136" s="5" t="s">
+      <c r="G136" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="F136" s="5" t="s">
-[...15 lines deleted...]
-        <v>19</v>
+      <c r="H136" s="5"/>
+      <c r="I136" s="4"/>
+      <c r="J136" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="K136" s="4" t="s">
+        <v>445</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="4" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>149</v>
+        <v>10</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>443</v>
-[...11 lines deleted...]
-        <v>445</v>
+        <v>15</v>
+      </c>
+      <c r="H137" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I137" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J137" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K137" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="4" t="s">
         <v>446</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>332</v>
+        <v>179</v>
       </c>
       <c r="D138" s="5" t="s">
         <v>447</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>448</v>
       </c>
       <c r="F138" s="5" t="s">
         <v>449</v>
       </c>
       <c r="G138" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H138" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="H138" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="I138" s="4" t="s">
+        <v>451</v>
+      </c>
+      <c r="J138" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="K138" s="4" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="4" t="s">
         <v>446</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>332</v>
+        <v>179</v>
       </c>
       <c r="D139" s="5" t="s">
         <v>447</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>448</v>
       </c>
       <c r="F139" s="5" t="s">
         <v>449</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>450</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H139" s="5"/>
+      <c r="I139" s="4"/>
       <c r="J139" s="5" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="K139" s="4" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="4" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>332</v>
+        <v>162</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>449</v>
+        <v>459</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>450</v>
-[...7 lines deleted...]
-        <v>454</v>
+        <v>460</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I140" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J140" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K140" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>460</v>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="I141" s="4" t="s">
+        <v>462</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="K141" s="4" t="s">
+        <v>464</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F142" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>15</v>
+        <v>460</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="I142" s="4" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="K142" s="4" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I143" s="4"/>
+        <v>460</v>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="I143" s="4" t="s">
+        <v>470</v>
+      </c>
       <c r="J143" s="5" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="K143" s="4" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="4" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="F144" s="5" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>469</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>460</v>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I144" s="4" t="s">
+        <v>474</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="K144" s="4" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>470</v>
+        <v>477</v>
       </c>
       <c r="I145" s="4" t="s">
-        <v>471</v>
-[...6 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="J145" s="5"/>
+      <c r="K145" s="4"/>
     </row>
     <row r="146">
       <c r="A146" s="4" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="F146" s="5" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="I146" s="4" t="s">
-        <v>475</v>
-[...6 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="J146" s="5"/>
+      <c r="K146" s="4"/>
     </row>
     <row r="147">
       <c r="A147" s="4" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="F147" s="5" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="G147" s="5" t="s">
-        <v>469</v>
-[...11 lines deleted...]
-        <v>481</v>
+        <v>15</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I147" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K147" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="F148" s="5" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="G148" s="5" t="s">
-        <v>469</v>
+        <v>15</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="I148" s="4" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="K148" s="4" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="4" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="F149" s="5" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="G149" s="5" t="s">
-        <v>469</v>
+        <v>15</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="I149" s="4" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-      <c r="K149" s="4"/>
+        <v>490</v>
+      </c>
+      <c r="J149" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="K149" s="4" t="s">
+        <v>492</v>
+      </c>
     </row>
     <row r="150">
       <c r="A150" s="4" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>163</v>
+        <v>247</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>469</v>
+        <v>15</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="I150" s="4" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-      <c r="K150" s="4"/>
+        <v>494</v>
+      </c>
+      <c r="J150" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="K150" s="4" t="s">
+        <v>496</v>
+      </c>
     </row>
     <row r="151">
       <c r="A151" s="4" t="s">
-        <v>490</v>
+        <v>481</v>
       </c>
       <c r="B151" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C151" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C151" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" s="5" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="G151" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H151" s="6" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="H151" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I151" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J151" s="5"/>
+      <c r="K151" s="4"/>
     </row>
     <row r="152">
       <c r="A152" s="4" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="B152" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C152" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C152" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="5" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="G152" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H152" s="5" t="s">
-[...9 lines deleted...]
-        <v>497</v>
+      <c r="H152" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I152" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J152" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K152" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="4" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="B153" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="C153" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="C153" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="5" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="F153" s="5" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="G153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>498</v>
+        <v>422</v>
       </c>
       <c r="I153" s="4" t="s">
-        <v>499</v>
+        <v>423</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="4" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>247</v>
+        <v>10</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
       <c r="F154" s="5" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="G154" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H154" s="5" t="s">
-[...9 lines deleted...]
-        <v>505</v>
+      <c r="H154" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I154" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J154" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K154" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>247</v>
+        <v>10</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>248</v>
+        <v>162</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
       <c r="F155" s="5" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="G155" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>42</v>
+        <v>507</v>
       </c>
       <c r="I155" s="4" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="K155" s="4"/>
+        <v>508</v>
+      </c>
+      <c r="J155" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="K155" s="4" t="s">
+        <v>510</v>
+      </c>
     </row>
     <row r="156">
       <c r="A156" s="4" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>247</v>
+        <v>77</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>248</v>
+        <v>93</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="G156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H156" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J156" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="4" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>247</v>
+        <v>77</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>248</v>
+        <v>93</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="F157" s="5" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="G157" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>431</v>
+        <v>515</v>
       </c>
       <c r="I157" s="4" t="s">
-        <v>432</v>
+        <v>516</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="K157" s="4" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C158" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="B158" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D158" s="5" t="s">
+      <c r="E158" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="E158" s="5" t="s">
+      <c r="F158" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="F158" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G158" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H158" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H158" s="5"/>
+      <c r="I158" s="4"/>
+      <c r="J158" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="K158" s="4" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4" t="s">
+        <v>511</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="B159" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D159" s="5" t="s">
+      <c r="E159" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="E159" s="5" t="s">
+      <c r="F159" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="F159" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G159" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H159" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H159" s="5"/>
+      <c r="I159" s="4"/>
       <c r="J159" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="K159" s="4" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F160" s="5" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H160" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J160" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F161" s="5" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="I161" s="4" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>526</v>
+        <v>452</v>
       </c>
       <c r="K161" s="4" t="s">
-        <v>527</v>
+        <v>453</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="4" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G162" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H162" s="5"/>
-      <c r="I162" s="4"/>
+      <c r="H162" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="I162" s="4" t="s">
+        <v>530</v>
+      </c>
       <c r="J162" s="5" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="K162" s="4" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F163" s="5" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H163" s="5"/>
-      <c r="I163" s="4"/>
+      <c r="H163" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="I163" s="4" t="s">
+        <v>534</v>
+      </c>
       <c r="J163" s="5" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="K163" s="4" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F164" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G164" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H164" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H164" s="5"/>
+      <c r="I164" s="4"/>
+      <c r="J164" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="K164" s="4" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F165" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G165" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H165" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H165" s="5"/>
+      <c r="I165" s="4"/>
       <c r="J165" s="5" t="s">
-        <v>461</v>
+        <v>538</v>
       </c>
       <c r="K165" s="4" t="s">
-        <v>462</v>
+        <v>368</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F166" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G166" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I166" s="4" t="s">
+      <c r="H166" s="5"/>
+      <c r="I166" s="4"/>
+      <c r="J166" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="J166" s="5" t="s">
+      <c r="K166" s="4" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F167" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G167" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H167" s="5" t="s">
+      <c r="H167" s="5"/>
+      <c r="I167" s="4"/>
+      <c r="J167" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="K167" s="4" t="s">
         <v>542</v>
-      </c>
-[...7 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="5"/>
       <c r="I168" s="4"/>
       <c r="J168" s="5" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="K168" s="4" t="s">
-        <v>377</v>
+        <v>544</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="5"/>
       <c r="I169" s="4"/>
       <c r="J169" s="5" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="K169" s="4" t="s">
-        <v>377</v>
+        <v>130</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="5"/>
       <c r="I170" s="4"/>
       <c r="J170" s="5" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="K170" s="4" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="5"/>
       <c r="I171" s="4"/>
       <c r="J171" s="5" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="K171" s="4" t="s">
-        <v>551</v>
+        <v>360</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>533</v>
+        <v>524</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>534</v>
+        <v>525</v>
       </c>
       <c r="F172" s="5" t="s">
-        <v>535</v>
+        <v>526</v>
       </c>
       <c r="G172" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H172" s="5"/>
       <c r="I172" s="4"/>
       <c r="J172" s="5" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="K172" s="4" t="s">
-        <v>553</v>
+        <v>360</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4" t="s">
-        <v>532</v>
+        <v>550</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>534</v>
+        <v>552</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>535</v>
+        <v>553</v>
       </c>
       <c r="G173" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H173" s="5"/>
-[...5 lines deleted...]
-        <v>120</v>
+      <c r="H173" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I173" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J173" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K173" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4" t="s">
-        <v>532</v>
+        <v>550</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>138</v>
+        <v>93</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>533</v>
+        <v>551</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>534</v>
+        <v>552</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>535</v>
+        <v>553</v>
       </c>
       <c r="G174" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H174" s="5"/>
-      <c r="I174" s="4"/>
+      <c r="H174" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="I174" s="4" t="s">
+        <v>265</v>
+      </c>
       <c r="J174" s="5" t="s">
-        <v>555</v>
+        <v>415</v>
       </c>
       <c r="K174" s="4" t="s">
-        <v>556</v>
+        <v>416</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
       <c r="G175" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>369</v>
+        <v>558</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J175" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K175" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>533</v>
+        <v>555</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>534</v>
+        <v>556</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>535</v>
+        <v>557</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I176" s="4"/>
+        <v>558</v>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="I176" s="4" t="s">
+        <v>560</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="K176" s="4" t="s">
-        <v>369</v>
+        <v>562</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="G177" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>558</v>
+      </c>
+      <c r="H177" s="5"/>
+      <c r="I177" s="4"/>
+      <c r="J177" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="K177" s="4" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>83</v>
+        <v>11</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>558</v>
+      </c>
+      <c r="H178" s="5"/>
+      <c r="I178" s="4"/>
       <c r="J178" s="5" t="s">
-        <v>424</v>
+        <v>563</v>
       </c>
       <c r="K178" s="4" t="s">
-        <v>425</v>
+        <v>564</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="E179" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="H179" s="5"/>
+      <c r="I179" s="4"/>
+      <c r="J179" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="F179" s="5" t="s">
+      <c r="K179" s="4" t="s">
         <v>566</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>565</v>
+        <v>556</v>
       </c>
       <c r="F180" s="5" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="G180" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="H180" s="5"/>
+      <c r="I180" s="4"/>
+      <c r="J180" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="H180" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K180" s="4" t="s">
-        <v>571</v>
+        <v>217</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="4" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F181" s="5" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="G181" s="5" t="s">
-        <v>567</v>
-[...7 lines deleted...]
-        <v>65</v>
+        <v>15</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I181" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J181" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K181" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="4" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F182" s="5" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="G182" s="5" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-      <c r="I182" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="I182" s="4" t="s">
+        <v>573</v>
+      </c>
       <c r="J182" s="5" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="K182" s="4" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="4" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F183" s="5" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="G183" s="5" t="s">
-        <v>567</v>
-[...8 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H183" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I183" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="J183" s="5"/>
+      <c r="K183" s="4"/>
     </row>
     <row r="184">
       <c r="A184" s="4" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
       <c r="F184" s="5" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="G184" s="5" t="s">
-        <v>567</v>
-[...7 lines deleted...]
-        <v>218</v>
+        <v>15</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I184" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J184" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K184" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="4" t="s">
+        <v>576</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D185" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D185" s="5" t="s">
+      <c r="E185" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="E185" s="5" t="s">
+      <c r="F185" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="F185" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G185" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H185" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H185" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="I185" s="4" t="s">
+        <v>376</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="K185" s="4" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="4" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F186" s="5" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G186" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H186" s="5" t="s">
-[...9 lines deleted...]
-        <v>584</v>
+      <c r="H186" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I186" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J186" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K186" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="4" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="F187" s="5" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="G187" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>189</v>
+        <v>375</v>
       </c>
       <c r="I187" s="4" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="K187" s="4"/>
+        <v>376</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="K187" s="4" t="s">
+        <v>585</v>
+      </c>
     </row>
     <row r="188">
       <c r="A188" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D188" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="G188" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H188" s="5" t="s">
         <v>586</v>
       </c>
-      <c r="E188" s="5" t="s">
+      <c r="I188" s="4" t="s">
         <v>587</v>
       </c>
-      <c r="F188" s="5" t="s">
-[...15 lines deleted...]
-        <v>19</v>
+      <c r="J188" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="K188" s="4" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F189" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="G189" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H189" s="5"/>
+      <c r="I189" s="4"/>
+      <c r="J189" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="G189" s="5" t="s">
-[...8 lines deleted...]
-      <c r="J189" s="5" t="s">
+      <c r="K189" s="4" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F190" s="5" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="G190" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H190" s="5" t="s">
+      <c r="H190" s="5"/>
+      <c r="I190" s="4"/>
+      <c r="J190" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="K190" s="4" t="s">
         <v>591</v>
-      </c>
-[...7 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="G191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="5"/>
       <c r="I191" s="4"/>
       <c r="J191" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="K191" s="4" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F192" s="5" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="G192" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H192" s="5"/>
       <c r="I192" s="4"/>
       <c r="J192" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K192" s="4" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F193" s="5" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="G193" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H193" s="5"/>
       <c r="I193" s="4"/>
       <c r="J193" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="K193" s="4" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="4" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="F194" s="5" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="G194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="5"/>
       <c r="I194" s="4"/>
       <c r="J194" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="K194" s="4" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="4" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>82</v>
+        <v>267</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>138</v>
+        <v>601</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F195" s="5" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G195" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H195" s="5"/>
-[...5 lines deleted...]
-        <v>602</v>
+      <c r="H195" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I195" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J195" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K195" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="4" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>82</v>
+        <v>267</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>138</v>
+        <v>601</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>586</v>
+        <v>602</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>587</v>
+        <v>603</v>
       </c>
       <c r="F196" s="5" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H196" s="5"/>
-      <c r="I196" s="4"/>
+      <c r="H196" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="I196" s="4" t="s">
+        <v>606</v>
+      </c>
       <c r="J196" s="5" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="K196" s="4" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="4" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="F197" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="G197" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H197" s="5"/>
+      <c r="I197" s="4"/>
+      <c r="J197" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="G197" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="K197" s="4" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="4" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>268</v>
+        <v>77</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>606</v>
+        <v>78</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F198" s="5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="G198" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H198" s="5" t="s">
-[...9 lines deleted...]
-        <v>613</v>
+      <c r="H198" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I198" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J198" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K198" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="4" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>268</v>
+        <v>77</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>606</v>
+        <v>78</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F199" s="5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="G199" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H199" s="5"/>
-      <c r="I199" s="4"/>
+      <c r="H199" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="I199" s="4" t="s">
+        <v>616</v>
+      </c>
       <c r="J199" s="5" t="s">
-        <v>614</v>
+        <v>141</v>
       </c>
       <c r="K199" s="4" t="s">
-        <v>615</v>
+        <v>142</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="4" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>533</v>
+        <v>612</v>
       </c>
       <c r="E200" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="G200" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H200" s="5"/>
+      <c r="I200" s="4"/>
+      <c r="J200" s="5" t="s">
         <v>617</v>
       </c>
-      <c r="F200" s="5" t="s">
+      <c r="K200" s="4" t="s">
         <v>618</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="4" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>533</v>
+        <v>612</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="F201" s="5" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="G201" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H201" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H201" s="5"/>
+      <c r="I201" s="4"/>
       <c r="J201" s="5" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="K201" s="4" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="4" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>533</v>
+        <v>612</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="F202" s="5" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="G202" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H202" s="5"/>
       <c r="I202" s="4"/>
       <c r="J202" s="5" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="K202" s="4" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="4" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>533</v>
+        <v>622</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F203" s="5" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="G203" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H203" s="5"/>
-[...5 lines deleted...]
-        <v>134</v>
+      <c r="H203" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I203" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J203" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K203" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="4" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>82</v>
+        <v>10</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>138</v>
+        <v>162</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>533</v>
+        <v>622</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F204" s="5" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="G204" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H204" s="5"/>
-      <c r="I204" s="4"/>
+      <c r="H204" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="I204" s="4" t="s">
+        <v>376</v>
+      </c>
       <c r="J204" s="5" t="s">
-        <v>623</v>
+        <v>584</v>
       </c>
       <c r="K204" s="4" t="s">
-        <v>624</v>
+        <v>585</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="4" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F205" s="5" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="G205" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H205" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H205" s="5"/>
+      <c r="I205" s="4"/>
+      <c r="J205" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="K205" s="4" t="s">
+        <v>443</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="4" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F206" s="5" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="G206" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H206" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H206" s="5"/>
+      <c r="I206" s="4"/>
       <c r="J206" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="K206" s="4" t="s">
         <v>589</v>
       </c>
-      <c r="K206" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="207">
-      <c r="A207" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A207" s="4"/>
+      <c r="B207" s="5"/>
+      <c r="C207" s="5"/>
+      <c r="D207" s="5"/>
+      <c r="E207" s="5"/>
+      <c r="F207" s="5"/>
+      <c r="G207" s="5"/>
       <c r="H207" s="5"/>
       <c r="I207" s="4"/>
-      <c r="J207" s="5" t="s">
-[...48 lines deleted...]
-      <c r="K209" s="4"/>
+      <c r="J207" s="5"/>
+      <c r="K207" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="A2:A18"/>
     <mergeCell ref="B2:B18"/>
     <mergeCell ref="C2:C18"/>
     <mergeCell ref="D2:D18"/>
     <mergeCell ref="E2:E18"/>
     <mergeCell ref="F2:F18"/>
     <mergeCell ref="G2:G18"/>
     <mergeCell ref="A19:A21"/>
     <mergeCell ref="B19:B21"/>
     <mergeCell ref="C19:C21"/>
     <mergeCell ref="D19:D21"/>
     <mergeCell ref="E19:E21"/>
     <mergeCell ref="F19:F21"/>
     <mergeCell ref="G19:G21"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
     <mergeCell ref="A24:A25"/>
     <mergeCell ref="B24:B25"/>
     <mergeCell ref="C24:C25"/>
     <mergeCell ref="D24:D25"/>
     <mergeCell ref="E24:E25"/>
     <mergeCell ref="F24:F25"/>
     <mergeCell ref="G24:G25"/>
     <mergeCell ref="A26:A27"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:C27"/>
     <mergeCell ref="D26:D27"/>
     <mergeCell ref="E26:E27"/>
     <mergeCell ref="F26:F27"/>
     <mergeCell ref="G26:G27"/>
-    <mergeCell ref="A28:A32"/>
-[...159 lines deleted...]
-    <mergeCell ref="G114:G116"/>
+    <mergeCell ref="A28:A29"/>
+    <mergeCell ref="B28:B29"/>
+    <mergeCell ref="C28:C29"/>
+    <mergeCell ref="D28:D29"/>
+    <mergeCell ref="E28:E29"/>
+    <mergeCell ref="F28:F29"/>
+    <mergeCell ref="G28:G29"/>
+    <mergeCell ref="A30:A34"/>
+    <mergeCell ref="B30:B34"/>
+    <mergeCell ref="C30:C34"/>
+    <mergeCell ref="D30:D34"/>
+    <mergeCell ref="E30:E34"/>
+    <mergeCell ref="F30:F34"/>
+    <mergeCell ref="G30:G34"/>
+    <mergeCell ref="A35:A37"/>
+    <mergeCell ref="B35:B37"/>
+    <mergeCell ref="C35:C37"/>
+    <mergeCell ref="D35:D37"/>
+    <mergeCell ref="E35:E37"/>
+    <mergeCell ref="F35:F37"/>
+    <mergeCell ref="G35:G37"/>
+    <mergeCell ref="A38:A42"/>
+    <mergeCell ref="B38:B42"/>
+    <mergeCell ref="C38:C42"/>
+    <mergeCell ref="D38:D42"/>
+    <mergeCell ref="E38:E42"/>
+    <mergeCell ref="F38:F42"/>
+    <mergeCell ref="G38:G42"/>
+    <mergeCell ref="A43:A45"/>
+    <mergeCell ref="B43:B45"/>
+    <mergeCell ref="C43:C45"/>
+    <mergeCell ref="D43:D45"/>
+    <mergeCell ref="E43:E45"/>
+    <mergeCell ref="F43:F45"/>
+    <mergeCell ref="G43:G45"/>
+    <mergeCell ref="A46:A47"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:C47"/>
+    <mergeCell ref="D46:D47"/>
+    <mergeCell ref="E46:E47"/>
+    <mergeCell ref="F46:F47"/>
+    <mergeCell ref="G46:G47"/>
+    <mergeCell ref="A48:A49"/>
+    <mergeCell ref="B48:B49"/>
+    <mergeCell ref="C48:C49"/>
+    <mergeCell ref="D48:D49"/>
+    <mergeCell ref="E48:E49"/>
+    <mergeCell ref="F48:F49"/>
+    <mergeCell ref="G48:G49"/>
+    <mergeCell ref="A50:A51"/>
+    <mergeCell ref="B50:B51"/>
+    <mergeCell ref="C50:C51"/>
+    <mergeCell ref="D50:D51"/>
+    <mergeCell ref="E50:E51"/>
+    <mergeCell ref="F50:F51"/>
+    <mergeCell ref="G50:G51"/>
+    <mergeCell ref="A52:A53"/>
+    <mergeCell ref="B52:B53"/>
+    <mergeCell ref="C52:C53"/>
+    <mergeCell ref="D52:D53"/>
+    <mergeCell ref="E52:E53"/>
+    <mergeCell ref="F52:F53"/>
+    <mergeCell ref="G52:G53"/>
+    <mergeCell ref="A54:A62"/>
+    <mergeCell ref="B54:B62"/>
+    <mergeCell ref="C54:C62"/>
+    <mergeCell ref="D54:D62"/>
+    <mergeCell ref="E54:E62"/>
+    <mergeCell ref="F54:F62"/>
+    <mergeCell ref="G54:G62"/>
+    <mergeCell ref="A63:A71"/>
+    <mergeCell ref="B63:B71"/>
+    <mergeCell ref="C63:C71"/>
+    <mergeCell ref="D63:D71"/>
+    <mergeCell ref="E63:E71"/>
+    <mergeCell ref="F63:F71"/>
+    <mergeCell ref="G63:G71"/>
+    <mergeCell ref="A72:A74"/>
+    <mergeCell ref="B72:B74"/>
+    <mergeCell ref="C72:C74"/>
+    <mergeCell ref="D72:D74"/>
+    <mergeCell ref="E72:E74"/>
+    <mergeCell ref="F72:F74"/>
+    <mergeCell ref="G72:G74"/>
+    <mergeCell ref="A75:A78"/>
+    <mergeCell ref="B75:B78"/>
+    <mergeCell ref="C75:C78"/>
+    <mergeCell ref="D75:D78"/>
+    <mergeCell ref="E75:E78"/>
+    <mergeCell ref="F75:F78"/>
+    <mergeCell ref="G75:G78"/>
+    <mergeCell ref="A79:A87"/>
+    <mergeCell ref="B79:B87"/>
+    <mergeCell ref="C79:C87"/>
+    <mergeCell ref="D79:D87"/>
+    <mergeCell ref="E79:E87"/>
+    <mergeCell ref="F79:F87"/>
+    <mergeCell ref="G79:G87"/>
+    <mergeCell ref="A88:A89"/>
+    <mergeCell ref="B88:B89"/>
+    <mergeCell ref="C88:C89"/>
+    <mergeCell ref="D88:D89"/>
+    <mergeCell ref="E88:E89"/>
+    <mergeCell ref="F88:F89"/>
+    <mergeCell ref="G88:G89"/>
+    <mergeCell ref="A90:A92"/>
+    <mergeCell ref="B90:B92"/>
+    <mergeCell ref="C90:C92"/>
+    <mergeCell ref="D90:D92"/>
+    <mergeCell ref="E90:E92"/>
+    <mergeCell ref="F90:F92"/>
+    <mergeCell ref="G90:G92"/>
+    <mergeCell ref="A93:A95"/>
+    <mergeCell ref="B93:B95"/>
+    <mergeCell ref="C93:C95"/>
+    <mergeCell ref="D93:D95"/>
+    <mergeCell ref="E93:E95"/>
+    <mergeCell ref="F93:F95"/>
+    <mergeCell ref="G93:G95"/>
+    <mergeCell ref="A96:A100"/>
+    <mergeCell ref="B96:B100"/>
+    <mergeCell ref="C96:C100"/>
+    <mergeCell ref="D96:D100"/>
+    <mergeCell ref="E96:E100"/>
+    <mergeCell ref="F96:F100"/>
+    <mergeCell ref="G96:G100"/>
+    <mergeCell ref="A101:A103"/>
+    <mergeCell ref="B101:B103"/>
+    <mergeCell ref="C101:C103"/>
+    <mergeCell ref="D101:D103"/>
+    <mergeCell ref="E101:E103"/>
+    <mergeCell ref="F101:F103"/>
+    <mergeCell ref="G101:G103"/>
+    <mergeCell ref="A104:A105"/>
+    <mergeCell ref="B104:B105"/>
+    <mergeCell ref="C104:C105"/>
+    <mergeCell ref="D104:D105"/>
+    <mergeCell ref="E104:E105"/>
+    <mergeCell ref="F104:F105"/>
+    <mergeCell ref="G104:G105"/>
+    <mergeCell ref="A106:A109"/>
+    <mergeCell ref="B106:B109"/>
+    <mergeCell ref="C106:C109"/>
+    <mergeCell ref="D106:D109"/>
+    <mergeCell ref="E106:E109"/>
+    <mergeCell ref="F106:F109"/>
+    <mergeCell ref="G106:G109"/>
+    <mergeCell ref="A110:A112"/>
+    <mergeCell ref="B110:B112"/>
+    <mergeCell ref="C110:C112"/>
+    <mergeCell ref="D110:D112"/>
+    <mergeCell ref="E110:E112"/>
+    <mergeCell ref="F110:F112"/>
+    <mergeCell ref="G110:G112"/>
+    <mergeCell ref="A113:A114"/>
+    <mergeCell ref="B113:B114"/>
+    <mergeCell ref="C113:C114"/>
+    <mergeCell ref="D113:D114"/>
+    <mergeCell ref="E113:E114"/>
+    <mergeCell ref="F113:F114"/>
+    <mergeCell ref="G113:G114"/>
+    <mergeCell ref="A115:A116"/>
+    <mergeCell ref="B115:B116"/>
+    <mergeCell ref="C115:C116"/>
+    <mergeCell ref="D115:D116"/>
+    <mergeCell ref="E115:E116"/>
+    <mergeCell ref="F115:F116"/>
+    <mergeCell ref="G115:G116"/>
     <mergeCell ref="A117:A118"/>
     <mergeCell ref="B117:B118"/>
     <mergeCell ref="C117:C118"/>
     <mergeCell ref="D117:D118"/>
     <mergeCell ref="E117:E118"/>
     <mergeCell ref="F117:F118"/>
     <mergeCell ref="G117:G118"/>
-    <mergeCell ref="A119:A120"/>
-[...145 lines deleted...]
-    <mergeCell ref="G205:G208"/>
+    <mergeCell ref="A119:A123"/>
+    <mergeCell ref="B119:B123"/>
+    <mergeCell ref="C119:C123"/>
+    <mergeCell ref="D119:D123"/>
+    <mergeCell ref="E119:E123"/>
+    <mergeCell ref="F119:F123"/>
+    <mergeCell ref="G119:G123"/>
+    <mergeCell ref="A124:A126"/>
+    <mergeCell ref="B124:B126"/>
+    <mergeCell ref="C124:C126"/>
+    <mergeCell ref="D124:D126"/>
+    <mergeCell ref="E124:E126"/>
+    <mergeCell ref="F124:F126"/>
+    <mergeCell ref="G124:G126"/>
+    <mergeCell ref="A127:A131"/>
+    <mergeCell ref="B127:B131"/>
+    <mergeCell ref="C127:C131"/>
+    <mergeCell ref="D127:D131"/>
+    <mergeCell ref="E127:E131"/>
+    <mergeCell ref="F127:F131"/>
+    <mergeCell ref="G127:G131"/>
+    <mergeCell ref="A132:A133"/>
+    <mergeCell ref="B132:B133"/>
+    <mergeCell ref="C132:C133"/>
+    <mergeCell ref="D132:D133"/>
+    <mergeCell ref="E132:E133"/>
+    <mergeCell ref="F132:F133"/>
+    <mergeCell ref="G132:G133"/>
+    <mergeCell ref="A134:A136"/>
+    <mergeCell ref="B134:B136"/>
+    <mergeCell ref="C134:C136"/>
+    <mergeCell ref="D134:D136"/>
+    <mergeCell ref="E134:E136"/>
+    <mergeCell ref="F134:F136"/>
+    <mergeCell ref="G134:G136"/>
+    <mergeCell ref="A137:A139"/>
+    <mergeCell ref="B137:B139"/>
+    <mergeCell ref="C137:C139"/>
+    <mergeCell ref="D137:D139"/>
+    <mergeCell ref="E137:E139"/>
+    <mergeCell ref="F137:F139"/>
+    <mergeCell ref="G137:G139"/>
+    <mergeCell ref="A140:A146"/>
+    <mergeCell ref="B140:B146"/>
+    <mergeCell ref="C140:C146"/>
+    <mergeCell ref="D140:D146"/>
+    <mergeCell ref="E140:E146"/>
+    <mergeCell ref="F140:F146"/>
+    <mergeCell ref="G140:G146"/>
+    <mergeCell ref="A147:A151"/>
+    <mergeCell ref="B147:B151"/>
+    <mergeCell ref="C147:C151"/>
+    <mergeCell ref="D147:D151"/>
+    <mergeCell ref="E147:E151"/>
+    <mergeCell ref="F147:F151"/>
+    <mergeCell ref="G147:G151"/>
+    <mergeCell ref="A152:A153"/>
+    <mergeCell ref="B152:B153"/>
+    <mergeCell ref="C152:C153"/>
+    <mergeCell ref="D152:D153"/>
+    <mergeCell ref="E152:E153"/>
+    <mergeCell ref="F152:F153"/>
+    <mergeCell ref="G152:G153"/>
+    <mergeCell ref="A154:A155"/>
+    <mergeCell ref="B154:B155"/>
+    <mergeCell ref="C154:C155"/>
+    <mergeCell ref="D154:D155"/>
+    <mergeCell ref="E154:E155"/>
+    <mergeCell ref="F154:F155"/>
+    <mergeCell ref="G154:G155"/>
+    <mergeCell ref="A156:A159"/>
+    <mergeCell ref="B156:B159"/>
+    <mergeCell ref="C156:C159"/>
+    <mergeCell ref="D156:D159"/>
+    <mergeCell ref="E156:E159"/>
+    <mergeCell ref="F156:F159"/>
+    <mergeCell ref="G156:G159"/>
+    <mergeCell ref="A160:A172"/>
+    <mergeCell ref="B160:B172"/>
+    <mergeCell ref="C160:C172"/>
+    <mergeCell ref="D160:D172"/>
+    <mergeCell ref="E160:E172"/>
+    <mergeCell ref="F160:F172"/>
+    <mergeCell ref="G160:G172"/>
+    <mergeCell ref="A173:A174"/>
+    <mergeCell ref="B173:B174"/>
+    <mergeCell ref="C173:C174"/>
+    <mergeCell ref="D173:D174"/>
+    <mergeCell ref="E173:E174"/>
+    <mergeCell ref="F173:F174"/>
+    <mergeCell ref="G173:G174"/>
+    <mergeCell ref="A175:A180"/>
+    <mergeCell ref="B175:B180"/>
+    <mergeCell ref="C175:C180"/>
+    <mergeCell ref="D175:D180"/>
+    <mergeCell ref="E175:E180"/>
+    <mergeCell ref="F175:F180"/>
+    <mergeCell ref="G175:G180"/>
+    <mergeCell ref="A181:A183"/>
+    <mergeCell ref="B181:B183"/>
+    <mergeCell ref="C181:C183"/>
+    <mergeCell ref="D181:D183"/>
+    <mergeCell ref="E181:E183"/>
+    <mergeCell ref="F181:F183"/>
+    <mergeCell ref="G181:G183"/>
+    <mergeCell ref="A184:A185"/>
+    <mergeCell ref="B184:B185"/>
+    <mergeCell ref="C184:C185"/>
+    <mergeCell ref="D184:D185"/>
+    <mergeCell ref="E184:E185"/>
+    <mergeCell ref="F184:F185"/>
+    <mergeCell ref="G184:G185"/>
+    <mergeCell ref="A186:A194"/>
+    <mergeCell ref="B186:B194"/>
+    <mergeCell ref="C186:C194"/>
+    <mergeCell ref="D186:D194"/>
+    <mergeCell ref="E186:E194"/>
+    <mergeCell ref="F186:F194"/>
+    <mergeCell ref="G186:G194"/>
+    <mergeCell ref="A195:A197"/>
+    <mergeCell ref="B195:B197"/>
+    <mergeCell ref="C195:C197"/>
+    <mergeCell ref="D195:D197"/>
+    <mergeCell ref="E195:E197"/>
+    <mergeCell ref="F195:F197"/>
+    <mergeCell ref="G195:G197"/>
+    <mergeCell ref="A198:A202"/>
+    <mergeCell ref="B198:B202"/>
+    <mergeCell ref="C198:C202"/>
+    <mergeCell ref="D198:D202"/>
+    <mergeCell ref="E198:E202"/>
+    <mergeCell ref="F198:F202"/>
+    <mergeCell ref="G198:G202"/>
+    <mergeCell ref="A203:A206"/>
+    <mergeCell ref="B203:B206"/>
+    <mergeCell ref="C203:C206"/>
+    <mergeCell ref="D203:D206"/>
+    <mergeCell ref="E203:E206"/>
+    <mergeCell ref="F203:F206"/>
+    <mergeCell ref="G203:G206"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>