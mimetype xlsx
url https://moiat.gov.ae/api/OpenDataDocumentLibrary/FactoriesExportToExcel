--- v1 (2026-01-04)
+++ v2 (2026-01-24)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="625" uniqueCount="625">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="613">
   <si>
     <t>الأسم</t>
   </si>
   <si>
     <t>الموقع</t>
   </si>
   <si>
     <t>المنطقة</t>
   </si>
   <si>
     <t>العنوان</t>
   </si>
   <si>
     <t>الاميل</t>
   </si>
   <si>
     <t>الهاتف</t>
   </si>
   <si>
     <t>موقع إلكتروني</t>
   </si>
   <si>
     <t>نشاط</t>
   </si>
   <si>
@@ -168,50 +168,110 @@
   <si>
     <t>2395005</t>
   </si>
   <si>
     <t>صناعة مكونات إنشائية مسبقة الصنع</t>
   </si>
   <si>
     <t>2511008</t>
   </si>
   <si>
     <t>صناعة الأبواب المعدنية المقاومة للحريق</t>
   </si>
   <si>
     <t>2599305</t>
   </si>
   <si>
     <t>صناعة الألواح المعدنية المعزولة</t>
   </si>
   <si>
     <t>1392002</t>
   </si>
   <si>
     <t>صناعة الستائر والشراشف وأغطية الأثاث أو الماكينات الجاهزة</t>
   </si>
   <si>
+    <t xml:space="preserve">  مصنع الاتحاد للزيوت و الشحوم (ذم.م - ش.ش.و)</t>
+  </si>
+  <si>
+    <t>عجمان</t>
+  </si>
+  <si>
+    <t>عجمان الصناعية</t>
+  </si>
+  <si>
+    <t>IND AREA NO 2 AJMAN</t>
+  </si>
+  <si>
+    <t>ALMEHDAR@EMIRATES.NET.AE</t>
+  </si>
+  <si>
+    <t>065421002</t>
+  </si>
+  <si>
+    <t>1920006</t>
+  </si>
+  <si>
+    <t>صناعة زيوت التشحيم أو الشحوم من زيت الأساس</t>
+  </si>
+  <si>
+    <t>27101912</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للمحركات التي يتم الاشتعال فيها بالشرر (بنزين)</t>
+  </si>
+  <si>
+    <t>27101992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للتنظيف </t>
+  </si>
+  <si>
+    <t>27101994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  للفرامل الهيدروليكية </t>
+  </si>
+  <si>
+    <t>27101998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - -  محضرات التشحيم الأخر </t>
+  </si>
+  <si>
+    <t>38190000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سوائل الفرامل الهيدروليكية وسوائل أُخر محضرة لنقل الحركة الهيدروليكية، لا تحتوي على زيوت نفط أو تحتوي على أقل من 70% وزناً من زيوت نفط  أو زيوت متحصل عليها من معادن قارية.</t>
+  </si>
+  <si>
+    <t>38249094</t>
+  </si>
+  <si>
+    <t>سائل لمبردات الحرارة (الرادياتيرات) يحتوي على مادة إيثيل الجلايكول</t>
+  </si>
+  <si>
     <t xml:space="preserve"> إس آر إن للخدمات الميكانيكية ش.ذ.م.م</t>
   </si>
   <si>
     <t>منطقة القوز الصناعية</t>
   </si>
   <si>
     <t>Al Quoz Industrial Area 3, Plot No. 368-364, Street No. 19 20-B , Behind Al Quoz Mall - Dubai</t>
   </si>
   <si>
     <t>senioraccounts@srnmech.com</t>
   </si>
   <si>
     <t>0505951400</t>
   </si>
   <si>
     <t>www.srnmech.com</t>
   </si>
   <si>
     <t>2512001</t>
   </si>
   <si>
     <t>صناعة الخزانات والصهاريج والأوعية المماثلة من المعدن المثبتة</t>
   </si>
   <si>
     <t>45049020</t>
@@ -450,56 +510,50 @@
   <si>
     <t xml:space="preserve">ـ لفات لا يتجاوز عرضها 20 سم </t>
   </si>
   <si>
     <t>39199000</t>
   </si>
   <si>
     <t>ـ غيرها</t>
   </si>
   <si>
     <t>48114110</t>
   </si>
   <si>
     <t>- - - بشكل أشرطة أو لفات لا يزيد عرضها عن 36 سم</t>
   </si>
   <si>
     <t>59061000</t>
   </si>
   <si>
     <t xml:space="preserve"> - أشرطة لاصقة بعرض لا يزيد عن 20 سم </t>
   </si>
   <si>
     <t xml:space="preserve"> اولمبيك لصناعة الاسفنج والاثاث ذ.م.م - </t>
   </si>
   <si>
-    <t>عجمان</t>
-[...4 lines deleted...]
-  <si>
     <t>WH-Factory No 1, Ajman Industrial Area 2</t>
   </si>
   <si>
     <t>nazir@eim.ae</t>
   </si>
   <si>
     <t>0506316560</t>
   </si>
   <si>
     <t>3100001</t>
   </si>
   <si>
     <t>صناعة الأثاث المنزلي</t>
   </si>
   <si>
     <t>94033010</t>
   </si>
   <si>
     <t xml:space="preserve">- - - طاولات (مكاتب) </t>
   </si>
   <si>
     <t>3100007</t>
   </si>
   <si>
     <t>صناعة الأثاث المكتبي</t>
@@ -822,104 +876,107 @@
   <si>
     <t>2395004</t>
   </si>
   <si>
     <t>صناعة المنتجات الأسمنتية المقواة بالألياف الزجاجية</t>
   </si>
   <si>
     <t xml:space="preserve"> لوبكون لصناعة زيوت التشحيم ش.ذ.م.م</t>
   </si>
   <si>
     <t>رأس الخيمة</t>
   </si>
   <si>
     <t>منطقة الحمرا الصناعية</t>
   </si>
   <si>
     <t>WIZN5-10 Shed No.5 Al Hamra Industrial Zone-NFZ RAK, United Arab Emirates</t>
   </si>
   <si>
     <t>lubconoblm@gmail.com</t>
   </si>
   <si>
     <t>056-7710429</t>
   </si>
   <si>
-    <t>1920006</t>
-[...10 lines deleted...]
-  <si>
     <t>27101913</t>
   </si>
   <si>
     <t xml:space="preserve"> - - - -  للمحركات التي يتم الأشتعال فيها بالضغط (ديزل )</t>
   </si>
   <si>
     <t>27101914</t>
   </si>
   <si>
     <t xml:space="preserve">- - - -  لناقل الحركة اليدوي </t>
   </si>
   <si>
     <t>27101915</t>
   </si>
   <si>
     <t xml:space="preserve">- - - -  لناقل الحركة الاتوماتيكيي </t>
   </si>
   <si>
-    <t>27101994</t>
-[...4 lines deleted...]
-  <si>
     <t>27101995</t>
   </si>
   <si>
     <t xml:space="preserve">- - - -  للأنظمة الهيدروليكية التوربينية</t>
   </si>
   <si>
-    <t>27101998</t>
-[...4 lines deleted...]
-  <si>
     <t>73102130</t>
   </si>
   <si>
     <t xml:space="preserve">- - - لحفظ المواد الكيماوية وزيوت التزييت </t>
   </si>
   <si>
+    <t xml:space="preserve"> مؤسسة الراية لأعمال النجارة</t>
+  </si>
+  <si>
+    <t>PL105</t>
+  </si>
+  <si>
+    <t>adminuae@alrayawood.com</t>
+  </si>
+  <si>
+    <t>0502711151</t>
+  </si>
+  <si>
+    <t>1623005</t>
+  </si>
+  <si>
+    <t>صناعة المنصـات بكافة انواعها وألواح التحميل الاخرى الخشـبية</t>
+  </si>
+  <si>
+    <t>44151090</t>
+  </si>
+  <si>
+    <t>1623003</t>
+  </si>
+  <si>
+    <t>صناعة صناديق التعبئة والأوعية الخشبية المشابهة للتغليف</t>
+  </si>
+  <si>
     <t xml:space="preserve"> ماي بلو لتنقية مياه الشرب وتصفيتها ش.ذ.م.م</t>
   </si>
   <si>
     <t>القصيص الرابعة</t>
   </si>
   <si>
     <t>Rekha@Maiblue.ae</t>
   </si>
   <si>
     <t>050-5175754</t>
   </si>
   <si>
     <t>1104201</t>
   </si>
   <si>
     <t>إنتاج المياه المعبأة</t>
   </si>
   <si>
     <t>22019010</t>
   </si>
   <si>
     <t xml:space="preserve">- - - مياه عادية طبيعية </t>
   </si>
   <si>
     <t xml:space="preserve"> مجنس جرين لصناعة الواح الطاقة الشمسية ذ.م.م</t>
@@ -1257,51 +1314,51 @@
   <si>
     <t>info@adhisc.ae</t>
   </si>
   <si>
     <t>055-3421245</t>
   </si>
   <si>
     <t>2395002</t>
   </si>
   <si>
     <t>صناعة الخرسانة الجاهزة والخلطات الخرسانية الجافة والملاط</t>
   </si>
   <si>
     <t>25210000</t>
   </si>
   <si>
     <t>أحجار ومواد كلسية مستعملة في صنع الكلس أوالأسمنت.</t>
   </si>
   <si>
     <t>38160000</t>
   </si>
   <si>
     <t>إسمنت وملاط وخرسانة ومركبات مماثلة متحملة للحرارة، عدا منتجات البند 38.01 .</t>
   </si>
   <si>
-    <t>إبيك للصناعات البوليمرية المركبة ذ.م.م</t>
+    <t>إبيك للصناعات البوليمرية المركبة ذ.م.م - ش .ش .و</t>
   </si>
   <si>
     <t xml:space="preserve">مدينة ابوظبي الصناعية </t>
   </si>
   <si>
     <t>15 Al Dhaka St Musaffah - ICAD I</t>
   </si>
   <si>
     <t>info@apecindustries.com</t>
   </si>
   <si>
     <t>025551889</t>
   </si>
   <si>
     <t>2220106</t>
   </si>
   <si>
     <t>صناعة منتجات لدائنية نصف مصنَّعة</t>
   </si>
   <si>
     <t>39202000</t>
   </si>
   <si>
     <t xml:space="preserve">ـ من بوليمرات البروبيلين </t>
   </si>
@@ -1575,131 +1632,50 @@
   <si>
     <t>2220108</t>
   </si>
   <si>
     <t>صناعة الأكياس البلاسـتيكية</t>
   </si>
   <si>
     <t>39011000</t>
   </si>
   <si>
     <t>ـ بولي إيثلين وزنه النوعي يقل عن 0.94</t>
   </si>
   <si>
     <t>39023000</t>
   </si>
   <si>
     <t xml:space="preserve">ـ  كوبوليمرات البروبيلين</t>
   </si>
   <si>
     <t>39232900</t>
   </si>
   <si>
     <t xml:space="preserve">أكياس وحقائب (بما في ذلك المخاريط) من لدائن أُخر </t>
   </si>
   <si>
-    <t>آر إيه آر ريسين &amp; كيميكال إندستريز ذ.م.م</t>
-[...79 lines deleted...]
-  <si>
     <t>أرابيسك لصناعة الجي.أر.سي ذ.م.م</t>
   </si>
   <si>
     <t>Umm Al Thuoob 7</t>
   </si>
   <si>
     <t>accounts@arabesque-decor.com</t>
   </si>
   <si>
     <t>0501199907</t>
   </si>
   <si>
     <t>أرافالي للسياج ش ذ م م</t>
   </si>
   <si>
     <t>JABAL ALI INDUSTRIAL AREA 1,DUBAI</t>
   </si>
   <si>
     <t>s.thiagarajan@a1fenceproducts.com</t>
   </si>
   <si>
     <t>0558605059</t>
   </si>
   <si>
     <t>https://aravalifence.com</t>
@@ -1867,62 +1843,50 @@
     <t xml:space="preserve">ام درع  Umm deira - industrial area - Emirate of Umm Al Quwain</t>
   </si>
   <si>
     <t>accounts.dubai@jindalgroup.com</t>
   </si>
   <si>
     <t>0557174127</t>
   </si>
   <si>
     <t>1709013</t>
   </si>
   <si>
     <t>صناعة الورق المصمَّغ أو اللاصق الجاهز للاستعمال</t>
   </si>
   <si>
     <t>48101300</t>
   </si>
   <si>
     <t xml:space="preserve"> - - بشكل لفات </t>
   </si>
   <si>
     <t>48114190</t>
   </si>
   <si>
     <t>- - - غيرها</t>
-  </si>
-[...10 lines deleted...]
-    <t>052-3914065</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -1979,51 +1943,51 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K207"/>
+  <dimension ref="A1:K200"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="70" customWidth="1" style="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.0728225708008" customWidth="1"/>
     <col min="8" max="8" width="9.60472393035889" customWidth="1"/>
     <col min="9" max="9" width="45" customWidth="1" style="1"/>
     <col min="10" max="10" width="10.1619520187378" customWidth="1"/>
     <col min="11" max="11" width="45" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
@@ -2573,6675 +2537,6450 @@
         <v>12</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="5" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="4" t="s">
         <v>53</v>
       </c>
       <c r="J18" s="5"/>
       <c r="K18" s="4"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="H20" s="5" t="s">
         <v>60</v>
       </c>
       <c r="I20" s="4" t="s">
         <v>61</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>62</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G21" s="5" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="4"/>
       <c r="J21" s="5" t="s">
         <v>64</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H22" s="5"/>
+      <c r="I22" s="4"/>
+      <c r="J22" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="5" t="s">
+      <c r="K22" s="4" t="s">
         <v>67</v>
-      </c>
-[...22 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="D23" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H23" s="5"/>
+      <c r="I23" s="4"/>
+      <c r="J23" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="E23" s="5" t="s">
+      <c r="K23" s="4" t="s">
         <v>69</v>
-      </c>
-[...16 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="G24" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H24" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H24" s="5"/>
+      <c r="I24" s="4"/>
+      <c r="J24" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>81</v>
+        <v>59</v>
       </c>
       <c r="G25" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H25" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H25" s="5"/>
+      <c r="I25" s="4"/>
       <c r="J25" s="5" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="K25" s="4" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>88</v>
+        <v>76</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>89</v>
+        <v>77</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G27" s="5" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="I27" s="4" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>65</v>
+        <v>83</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>92</v>
+        <v>74</v>
       </c>
       <c r="B28" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F28" s="5" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>79</v>
+      </c>
+      <c r="H28" s="5"/>
+      <c r="I28" s="4"/>
+      <c r="J28" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>100</v>
+        <v>91</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="G30" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>91</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="I30" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="K30" s="4" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G31" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H31" s="5" t="s">
-[...9 lines deleted...]
-        <v>110</v>
+      <c r="H31" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="B32" s="5" t="s">
+      <c r="G32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="C32" s="5" t="s">
+      <c r="I32" s="4" t="s">
         <v>103</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="E32" s="5" t="s">
+      <c r="K32" s="4" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G33" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H33" s="5" t="s">
-[...9 lines deleted...]
-        <v>118</v>
+      <c r="H33" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K33" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="4" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G34" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H34" s="5"/>
-      <c r="I34" s="4"/>
+      <c r="H34" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>43</v>
+      </c>
       <c r="J34" s="5" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="K34" s="4" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="4" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>122</v>
+        <v>97</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>123</v>
+        <v>113</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="I36" s="4" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="K36" s="4" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="4" t="s">
         <v>121</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>124</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>125</v>
       </c>
       <c r="F37" s="5" t="s">
         <v>126</v>
       </c>
       <c r="G37" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H37" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K37" s="4"/>
+      <c r="H37" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K37" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="4" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="G38" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H38" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H38" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="I38" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K38" s="4" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="J39" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="5" t="s">
+      <c r="K39" s="4" t="s">
         <v>134</v>
-      </c>
-[...19 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="4" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="E40" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="F40" s="5" t="s">
+      <c r="I40" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="G40" s="5" t="s">
-[...3 lines deleted...]
-      <c r="I40" s="4"/>
       <c r="J40" s="5" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="K40" s="4" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="4" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>135</v>
+        <v>125</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="G41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="5"/>
       <c r="I41" s="4"/>
       <c r="J41" s="5" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="K41" s="4" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="4" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>77</v>
+        <v>142</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>93</v>
+        <v>143</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="G42" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H42" s="5"/>
-[...5 lines deleted...]
-        <v>146</v>
+      <c r="H42" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K42" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="B43" s="5" t="s">
+      <c r="I43" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="C43" s="5" t="s">
+      <c r="J43" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="D43" s="5" t="s">
+      <c r="K43" s="4" t="s">
         <v>150</v>
-      </c>
-[...19 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="4" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="E44" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="F44" s="5" t="s">
+      <c r="I44" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="G44" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="J44" s="5"/>
+      <c r="K44" s="4"/>
     </row>
     <row r="45">
       <c r="A45" s="4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>149</v>
+        <v>113</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="G45" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H45" s="5" t="s">
-[...9 lines deleted...]
-        <v>160</v>
+      <c r="H45" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="4" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="G46" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H46" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H46" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K46" s="4" t="s">
+        <v>160</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H47" s="5"/>
+      <c r="I47" s="4"/>
+      <c r="J47" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="5" t="s">
+      <c r="K47" s="4" t="s">
         <v>162</v>
-      </c>
-[...22 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="4" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H48" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H48" s="5"/>
+      <c r="I48" s="4"/>
+      <c r="J48" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="K48" s="4" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="4" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H49" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H49" s="5"/>
+      <c r="I49" s="4"/>
       <c r="J49" s="5" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="K49" s="4" t="s">
-        <v>177</v>
+        <v>166</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>179</v>
+        <v>56</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>179</v>
+        <v>56</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="I51" s="4" t="s">
-        <v>43</v>
+        <v>172</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="K51" s="4" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="4" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H52" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H52" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I52" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="K52" s="4" t="s">
+        <v>178</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H53" s="5" t="s">
-[...9 lines deleted...]
-        <v>191</v>
+      <c r="H53" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K53" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>193</v>
+        <v>181</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>194</v>
+        <v>182</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H54" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H54" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I54" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="K54" s="4" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>55</v>
+        <v>113</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H55" s="5" t="s">
-[...9 lines deleted...]
-        <v>199</v>
+      <c r="H55" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K55" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D56" s="5" t="s">
+      <c r="I56" s="4" t="s">
         <v>193</v>
       </c>
-      <c r="E56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="F56" s="5" t="s">
+      <c r="K56" s="4" t="s">
         <v>195</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>55</v>
+        <v>197</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H57" s="5" t="s">
-[...9 lines deleted...]
-        <v>207</v>
+      <c r="H57" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K57" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>55</v>
+        <v>197</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>208</v>
+        <v>42</v>
       </c>
       <c r="I58" s="4" t="s">
-        <v>209</v>
+        <v>43</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="K58" s="4" t="s">
-        <v>211</v>
+        <v>85</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H59" s="5" t="s">
-[...9 lines deleted...]
-        <v>215</v>
+      <c r="H59" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I59" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K59" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="s">
-        <v>192</v>
+        <v>202</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>193</v>
+        <v>203</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>195</v>
+        <v>205</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H60" s="5"/>
-      <c r="I60" s="4"/>
+      <c r="H60" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="I60" s="4" t="s">
+        <v>207</v>
+      </c>
       <c r="J60" s="5" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="K60" s="4" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>195</v>
+        <v>213</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H61" s="5"/>
-[...5 lines deleted...]
-        <v>219</v>
+      <c r="H61" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K61" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
-        <v>192</v>
+        <v>210</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>193</v>
+        <v>211</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>195</v>
+        <v>213</v>
       </c>
       <c r="G62" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H62" s="5"/>
-      <c r="I62" s="4"/>
+      <c r="H62" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="I62" s="4" t="s">
+        <v>215</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="K62" s="4" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H63" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H63" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K63" s="4" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="5" t="s">
+      <c r="I64" s="4" t="s">
         <v>223</v>
       </c>
-      <c r="D64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="E64" s="5" t="s">
+      <c r="K64" s="4" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F65" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="G65" s="5" t="s">
-[...3 lines deleted...]
-      <c r="I65" s="4"/>
+      <c r="I65" s="4" t="s">
+        <v>227</v>
+      </c>
       <c r="J65" s="5" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="K65" s="4" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H66" s="5"/>
-      <c r="I66" s="4"/>
+      <c r="H66" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>231</v>
+      </c>
       <c r="J66" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="K66" s="4" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="4"/>
       <c r="J67" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="K67" s="4" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5"/>
       <c r="I68" s="4"/>
       <c r="J68" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="K68" s="4" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5"/>
       <c r="I69" s="4"/>
       <c r="J69" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="K69" s="4" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="4" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H70" s="5"/>
-[...5 lines deleted...]
-        <v>242</v>
+      <c r="H70" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H71" s="5"/>
-      <c r="I71" s="4"/>
+      <c r="H71" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="I71" s="4" t="s">
+        <v>246</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="K71" s="4" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E72" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H72" s="5"/>
+      <c r="I72" s="4"/>
+      <c r="J72" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="K72" s="4" t="s">
         <v>250</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="G73" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H73" s="5"/>
+      <c r="I73" s="4"/>
+      <c r="J73" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="H73" s="5" t="s">
+      <c r="K73" s="4" t="s">
         <v>252</v>
-      </c>
-[...7 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="G74" s="5" t="s">
-        <v>251</v>
+        <v>15</v>
       </c>
       <c r="H74" s="5"/>
       <c r="I74" s="4"/>
       <c r="J74" s="5" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>162</v>
+        <v>241</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="G75" s="5" t="s">
-        <v>262</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H75" s="5"/>
+      <c r="I75" s="4"/>
+      <c r="J75" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="K75" s="4" t="s">
+        <v>256</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H76" s="5"/>
+      <c r="I76" s="4"/>
+      <c r="J76" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K76" s="4" t="s">
         <v>258</v>
-      </c>
-[...28 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="4" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>162</v>
+        <v>241</v>
       </c>
       <c r="D77" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H77" s="5"/>
+      <c r="I77" s="4"/>
+      <c r="J77" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="E77" s="5" t="s">
+      <c r="K77" s="4" t="s">
         <v>260</v>
       </c>
-      <c r="F77" s="5" t="s">
-[...12 lines deleted...]
-      <c r="K77" s="4"/>
     </row>
     <row r="78">
       <c r="A78" s="4" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>162</v>
+        <v>241</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>259</v>
+        <v>242</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>260</v>
+        <v>243</v>
       </c>
       <c r="F78" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H78" s="5"/>
+      <c r="I78" s="4"/>
+      <c r="J78" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="G78" s="5" t="s">
+      <c r="K78" s="4" t="s">
         <v>262</v>
       </c>
-      <c r="H78" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K78" s="4"/>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D79" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="B79" s="5" t="s">
+      <c r="E79" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="C79" s="5" t="s">
+      <c r="F79" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="D79" s="5" t="s">
+      <c r="G79" s="5" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D80" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="B80" s="5" t="s">
+      <c r="E80" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="C80" s="5" t="s">
+      <c r="F80" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="D80" s="5" t="s">
+      <c r="G80" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="E80" s="5" t="s">
+      <c r="H80" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="F80" s="5" t="s">
+      <c r="I80" s="4" t="s">
         <v>271</v>
       </c>
-      <c r="G80" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="I80" s="4" t="s">
+      <c r="K80" s="4" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="B81" s="5" t="s">
+      <c r="E81" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="C81" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="G81" s="5" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="H81" s="5"/>
       <c r="I81" s="4"/>
       <c r="J81" s="5" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="G82" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>279</v>
+        <v>280</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I82" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K82" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="G83" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I83" s="4"/>
+        <v>280</v>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I83" s="4" t="s">
+        <v>118</v>
+      </c>
       <c r="J83" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K83" s="4" t="s">
-        <v>281</v>
+        <v>85</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="G84" s="5" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      <c r="J84" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="H84" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="K84" s="4" t="s">
+      <c r="I84" s="4" t="s">
         <v>283</v>
       </c>
+      <c r="J84" s="5"/>
+      <c r="K84" s="4"/>
     </row>
     <row r="85">
       <c r="A85" s="4" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>267</v>
+        <v>10</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>268</v>
+        <v>180</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I85" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J85" s="5"/>
+      <c r="K85" s="4"/>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="G86" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H86" s="5"/>
-[...5 lines deleted...]
-        <v>287</v>
+      <c r="H86" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I86" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J86" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K86" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4" t="s">
-        <v>266</v>
+        <v>284</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>267</v>
+        <v>285</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>268</v>
+        <v>286</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="G87" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H87" s="5"/>
-      <c r="I87" s="4"/>
+      <c r="H87" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I87" s="4" t="s">
+        <v>61</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="K87" s="4" t="s">
-        <v>289</v>
+        <v>63</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H88" s="5"/>
+      <c r="I88" s="4"/>
+      <c r="J88" s="5" t="s">
         <v>290</v>
       </c>
-      <c r="B88" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D88" s="5" t="s">
+      <c r="K88" s="4" t="s">
         <v>291</v>
-      </c>
-[...19 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="4" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>87</v>
+        <v>286</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="E89" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H89" s="5"/>
+      <c r="I89" s="4"/>
+      <c r="J89" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F89" s="5" t="s">
+      <c r="K89" s="4" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>303</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H90" s="5"/>
+      <c r="I90" s="4"/>
+      <c r="J90" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="K90" s="4" t="s">
+        <v>295</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="G91" s="5" t="s">
-        <v>303</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H91" s="5"/>
+      <c r="I91" s="4"/>
       <c r="J91" s="5" t="s">
-        <v>306</v>
+        <v>66</v>
       </c>
       <c r="K91" s="4" t="s">
-        <v>307</v>
+        <v>67</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="4" t="s">
-        <v>298</v>
+        <v>284</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>300</v>
+        <v>287</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>301</v>
+        <v>288</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>302</v>
+        <v>289</v>
       </c>
       <c r="G92" s="5" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-      <c r="K92" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H92" s="5"/>
+      <c r="I92" s="4"/>
+      <c r="J92" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="K92" s="4" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>148</v>
+        <v>285</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>312</v>
+        <v>287</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H93" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H93" s="5"/>
+      <c r="I93" s="4"/>
+      <c r="J93" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K93" s="4" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
-        <v>310</v>
+        <v>284</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>148</v>
+        <v>285</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>312</v>
+        <v>287</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>313</v>
+        <v>288</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>314</v>
+        <v>289</v>
       </c>
       <c r="G94" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H94" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H94" s="5"/>
+      <c r="I94" s="4"/>
       <c r="J94" s="5" t="s">
-        <v>317</v>
+        <v>298</v>
       </c>
       <c r="K94" s="4" t="s">
-        <v>318</v>
+        <v>299</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>148</v>
+        <v>285</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>311</v>
+        <v>286</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>312</v>
+        <v>301</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>313</v>
+        <v>302</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>314</v>
+        <v>303</v>
       </c>
       <c r="G95" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H95" s="5"/>
-[...5 lines deleted...]
-        <v>320</v>
+      <c r="H95" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I95" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J95" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K95" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="4" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>122</v>
+        <v>285</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>323</v>
+        <v>301</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>324</v>
+        <v>302</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="G96" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H96" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H96" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="I96" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K96" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="4" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>122</v>
+        <v>285</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>323</v>
+        <v>301</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>324</v>
+        <v>302</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>325</v>
+        <v>303</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>326</v>
+        <v>307</v>
       </c>
       <c r="I97" s="4" t="s">
-        <v>327</v>
-[...6 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="J97" s="5"/>
+      <c r="K97" s="4"/>
     </row>
     <row r="98">
       <c r="A98" s="4" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>322</v>
+        <v>107</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H98" s="5"/>
-[...5 lines deleted...]
-        <v>65</v>
+      <c r="H98" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I98" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J98" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K98" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>322</v>
+        <v>107</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>325</v>
+        <v>312</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H99" s="5"/>
-      <c r="I99" s="4"/>
+      <c r="H99" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="I99" s="4" t="s">
+        <v>314</v>
+      </c>
       <c r="J99" s="5" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="K99" s="4" t="s">
-        <v>65</v>
+        <v>316</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="F100" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="B100" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="5" t="s">
+      <c r="G100" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="D100" s="5" t="s">
-[...17 lines deleted...]
-        <v>333</v>
+      <c r="H100" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I100" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J100" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K100" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>55</v>
+        <v>318</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>337</v>
+        <v>321</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>338</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>322</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="I101" s="4" t="s">
+        <v>324</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="K101" s="4" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>55</v>
+        <v>318</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>337</v>
+        <v>321</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="H102" s="5" t="s">
-        <v>42</v>
+        <v>327</v>
       </c>
       <c r="I102" s="4" t="s">
-        <v>43</v>
-[...6 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="J102" s="5"/>
+      <c r="K102" s="4"/>
     </row>
     <row r="103">
       <c r="A103" s="4" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>55</v>
+        <v>330</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="G103" s="5" t="s">
-        <v>338</v>
-[...7 lines deleted...]
-        <v>342</v>
+        <v>15</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I103" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J103" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K103" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>162</v>
+        <v>330</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="G104" s="5" t="s">
-        <v>347</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="I104" s="4" t="s">
+        <v>335</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="K104" s="4" t="s">
+        <v>337</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>162</v>
+        <v>330</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>344</v>
+        <v>331</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>345</v>
+        <v>332</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>347</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H105" s="5"/>
+      <c r="I105" s="4"/>
       <c r="J105" s="5" t="s">
-        <v>350</v>
+        <v>338</v>
       </c>
       <c r="K105" s="4" t="s">
-        <v>351</v>
+        <v>339</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>67</v>
+        <v>341</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="H106" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J106" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="4" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>67</v>
+        <v>341</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>252</v>
+        <v>345</v>
       </c>
       <c r="I107" s="4" t="s">
-        <v>253</v>
+        <v>346</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>183</v>
+        <v>347</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>65</v>
+        <v>348</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>67</v>
+        <v>341</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>356</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H108" s="5"/>
+      <c r="I108" s="4"/>
       <c r="J108" s="5" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="K108" s="4" t="s">
-        <v>360</v>
+        <v>85</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>67</v>
+        <v>341</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>356</v>
-[...8 lines deleted...]
-      <c r="K109" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H109" s="5"/>
+      <c r="I109" s="4"/>
+      <c r="J109" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="K109" s="4" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="4" t="s">
-        <v>361</v>
+        <v>340</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>149</v>
+        <v>341</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>362</v>
+        <v>342</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>363</v>
+        <v>343</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>364</v>
+        <v>344</v>
       </c>
       <c r="G110" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H110" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H110" s="5"/>
+      <c r="I110" s="4"/>
+      <c r="J110" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="K110" s="4" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="4" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>368</v>
+        <v>357</v>
+      </c>
+      <c r="H111" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I111" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J111" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K111" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="4" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>149</v>
+        <v>75</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>363</v>
+        <v>355</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>364</v>
+        <v>356</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>15</v>
+        <v>357</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>369</v>
+        <v>42</v>
       </c>
       <c r="I112" s="4" t="s">
-        <v>370</v>
-[...2 lines deleted...]
-      <c r="K112" s="4"/>
+        <v>43</v>
+      </c>
+      <c r="J112" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K112" s="4" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="4" t="s">
-        <v>371</v>
+        <v>353</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>311</v>
+        <v>75</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>372</v>
+        <v>354</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>373</v>
+        <v>355</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>357</v>
+      </c>
+      <c r="H113" s="5"/>
+      <c r="I113" s="4"/>
+      <c r="J113" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="K113" s="4" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="4" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>148</v>
+        <v>10</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>311</v>
+        <v>180</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>368</v>
+        <v>366</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I114" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J114" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K114" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="4" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>366</v>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="I115" s="4" t="s">
+        <v>368</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="K115" s="4" t="s">
+        <v>370</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>380</v>
+        <v>373</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>385</v>
+        <v>375</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I116" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J116" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K116" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>387</v>
+        <v>372</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>375</v>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="I117" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="K117" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
-        <v>386</v>
+        <v>371</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>387</v>
+        <v>372</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>15</v>
+        <v>375</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>390</v>
+        <v>376</v>
       </c>
       <c r="I118" s="4" t="s">
-        <v>391</v>
+        <v>377</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>392</v>
+        <v>378</v>
       </c>
       <c r="K118" s="4" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="4" t="s">
-        <v>394</v>
+        <v>371</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>122</v>
+        <v>10</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>322</v>
+        <v>87</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>395</v>
+        <v>372</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>396</v>
+        <v>373</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I119" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J119" s="5"/>
+      <c r="K119" s="4"/>
     </row>
     <row r="120">
       <c r="A120" s="4" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>322</v>
+        <v>56</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H120" s="5" t="s">
-[...9 lines deleted...]
-        <v>130</v>
+      <c r="H120" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I120" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J120" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K120" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>322</v>
+        <v>56</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="G121" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H121" s="5"/>
-      <c r="I121" s="4"/>
+      <c r="H121" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="I121" s="4" t="s">
+        <v>385</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>400</v>
+        <v>386</v>
       </c>
       <c r="K121" s="4" t="s">
-        <v>401</v>
+        <v>387</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="4" t="s">
-        <v>394</v>
+        <v>380</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>322</v>
+        <v>56</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>396</v>
+        <v>382</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>397</v>
+        <v>383</v>
       </c>
       <c r="G122" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H122" s="5"/>
-[...6 lines deleted...]
-      </c>
+      <c r="H122" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="I122" s="4" t="s">
+        <v>389</v>
+      </c>
+      <c r="J122" s="5"/>
+      <c r="K122" s="4"/>
     </row>
     <row r="123">
       <c r="A123" s="4" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="G123" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H123" s="5"/>
-[...5 lines deleted...]
-        <v>405</v>
+      <c r="H123" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I123" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J123" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K123" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="4" t="s">
-        <v>406</v>
+        <v>390</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>407</v>
+        <v>330</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>409</v>
+        <v>392</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="G124" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H124" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H124" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="I124" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="K124" s="4" t="s">
+        <v>387</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="4" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>407</v>
+        <v>75</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="G125" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H125" s="5" t="s">
-[...9 lines deleted...]
-        <v>414</v>
+      <c r="H125" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I125" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J125" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K125" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>407</v>
+        <v>75</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H126" s="5"/>
-      <c r="I126" s="4"/>
+      <c r="H126" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="I126" s="4" t="s">
+        <v>402</v>
+      </c>
       <c r="J126" s="5" t="s">
-        <v>415</v>
+        <v>403</v>
       </c>
       <c r="K126" s="4" t="s">
-        <v>416</v>
+        <v>404</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="4" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>418</v>
+        <v>87</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="G127" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J127" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="4" t="s">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>418</v>
+        <v>87</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>420</v>
+        <v>407</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>421</v>
+        <v>408</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="I128" s="4" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="K128" s="4" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="4" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>246</v>
+        <v>142</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>418</v>
+        <v>341</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="G129" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H129" s="5"/>
-[...5 lines deleted...]
-        <v>427</v>
+      <c r="H129" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I129" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J129" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K129" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="B130" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C130" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="G130" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H130" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="B130" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C130" s="5" t="s">
+      <c r="I130" s="4" t="s">
         <v>418</v>
       </c>
-      <c r="D130" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I130" s="4"/>
       <c r="J130" s="5" t="s">
-        <v>428</v>
+        <v>149</v>
       </c>
       <c r="K130" s="4" t="s">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="4" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>246</v>
+        <v>142</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>418</v>
+        <v>341</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="F131" s="5" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="G131" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H131" s="5"/>
       <c r="I131" s="4"/>
       <c r="J131" s="5" t="s">
-        <v>429</v>
+        <v>419</v>
       </c>
       <c r="K131" s="4" t="s">
-        <v>65</v>
+        <v>420</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="4" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>149</v>
+        <v>341</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="G132" s="5" t="s">
-        <v>434</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H132" s="5"/>
+      <c r="I132" s="4"/>
+      <c r="J132" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="K132" s="4" t="s">
+        <v>422</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="4" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>149</v>
+        <v>341</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="G133" s="5" t="s">
-        <v>434</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H133" s="5"/>
+      <c r="I133" s="4"/>
       <c r="J133" s="5" t="s">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="K133" s="4" t="s">
-        <v>436</v>
+        <v>424</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="4" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>322</v>
+        <v>426</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="F134" s="5" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="G134" s="5" t="s">
-        <v>441</v>
+        <v>15</v>
       </c>
       <c r="H134" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J134" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="4" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>322</v>
+        <v>426</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="F135" s="5" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="G135" s="5" t="s">
-        <v>441</v>
+        <v>15</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>375</v>
+        <v>430</v>
       </c>
       <c r="I135" s="4" t="s">
-        <v>376</v>
+        <v>431</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="4" t="s">
-        <v>437</v>
+        <v>425</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>322</v>
+        <v>426</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>438</v>
+        <v>427</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>440</v>
+        <v>429</v>
       </c>
       <c r="G136" s="5" t="s">
-        <v>441</v>
+        <v>15</v>
       </c>
       <c r="H136" s="5"/>
       <c r="I136" s="4"/>
       <c r="J136" s="5" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="K136" s="4" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="4" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>179</v>
+        <v>437</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="G137" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J137" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="4" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>179</v>
+        <v>437</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="G138" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>450</v>
+        <v>441</v>
       </c>
       <c r="I138" s="4" t="s">
-        <v>451</v>
+        <v>442</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="K138" s="4" t="s">
-        <v>453</v>
+        <v>444</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="4" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>179</v>
+        <v>437</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="G139" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="5"/>
       <c r="I139" s="4"/>
       <c r="J139" s="5" t="s">
-        <v>454</v>
+        <v>445</v>
       </c>
       <c r="K139" s="4" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="4" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>162</v>
+        <v>437</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>458</v>
+        <v>439</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>459</v>
+        <v>440</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>460</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H140" s="5"/>
+      <c r="I140" s="4"/>
+      <c r="J140" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="K140" s="4" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="4" t="s">
-        <v>456</v>
+        <v>436</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>10</v>
+        <v>264</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>162</v>
+        <v>437</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>457</v>
+        <v>438</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>458</v>
+        <v>439</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>459</v>
+        <v>440</v>
       </c>
       <c r="G141" s="5" t="s">
-        <v>460</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H141" s="5"/>
+      <c r="I141" s="4"/>
       <c r="J141" s="5" t="s">
-        <v>463</v>
+        <v>448</v>
       </c>
       <c r="K141" s="4" t="s">
-        <v>464</v>
+        <v>85</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="F142" s="5" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>460</v>
-[...11 lines deleted...]
-        <v>468</v>
+        <v>453</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I142" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J142" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K142" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>469</v>
+        <v>131</v>
       </c>
       <c r="I143" s="4" t="s">
-        <v>470</v>
+        <v>132</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>471</v>
+        <v>454</v>
       </c>
       <c r="K143" s="4" t="s">
-        <v>472</v>
+        <v>455</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="4" t="s">
         <v>456</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>457</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>458</v>
       </c>
       <c r="F144" s="5" t="s">
         <v>459</v>
       </c>
       <c r="G144" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="H144" s="5" t="s">
-[...9 lines deleted...]
-        <v>476</v>
+      <c r="H144" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I144" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J144" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K144" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4" t="s">
         <v>456</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>457</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>458</v>
       </c>
       <c r="F145" s="5" t="s">
         <v>459</v>
       </c>
       <c r="G145" s="5" t="s">
         <v>460</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>477</v>
+        <v>394</v>
       </c>
       <c r="I145" s="4" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-      <c r="K145" s="4"/>
+        <v>395</v>
+      </c>
+      <c r="J145" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="K145" s="4" t="s">
+        <v>462</v>
+      </c>
     </row>
     <row r="146">
       <c r="A146" s="4" t="s">
         <v>456</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>162</v>
+        <v>341</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>457</v>
       </c>
       <c r="E146" s="5" t="s">
         <v>458</v>
       </c>
       <c r="F146" s="5" t="s">
         <v>459</v>
       </c>
       <c r="G146" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="H146" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K146" s="4"/>
+      <c r="H146" s="5"/>
+      <c r="I146" s="4"/>
+      <c r="J146" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="K146" s="4" t="s">
+        <v>464</v>
+      </c>
     </row>
     <row r="147">
       <c r="A147" s="4" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>247</v>
+        <v>197</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>482</v>
+        <v>466</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="F147" s="5" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="G147" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J147" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K147" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>247</v>
+        <v>197</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>482</v>
+        <v>466</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="F148" s="5" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="G148" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>485</v>
+        <v>469</v>
       </c>
       <c r="I148" s="4" t="s">
-        <v>486</v>
+        <v>470</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>487</v>
+        <v>471</v>
       </c>
       <c r="K148" s="4" t="s">
-        <v>488</v>
+        <v>472</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="4" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>247</v>
+        <v>197</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>482</v>
+        <v>466</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>483</v>
+        <v>467</v>
       </c>
       <c r="F149" s="5" t="s">
-        <v>484</v>
+        <v>468</v>
       </c>
       <c r="G149" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H149" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H149" s="5"/>
+      <c r="I149" s="4"/>
       <c r="J149" s="5" t="s">
-        <v>491</v>
+        <v>473</v>
       </c>
       <c r="K149" s="4" t="s">
-        <v>492</v>
+        <v>474</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="4" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>247</v>
+        <v>180</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>496</v>
+        <v>479</v>
+      </c>
+      <c r="H150" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I150" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J150" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K150" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="4" t="s">
+        <v>475</v>
+      </c>
+      <c r="B151" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C151" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D151" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="G151" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="H151" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="I151" s="4" t="s">
         <v>481</v>
       </c>
-      <c r="B151" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D151" s="5" t="s">
+      <c r="J151" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="E151" s="5" t="s">
+      <c r="K151" s="4" t="s">
         <v>483</v>
       </c>
-      <c r="F151" s="5" t="s">
-[...12 lines deleted...]
-      <c r="K151" s="4"/>
     </row>
     <row r="152">
       <c r="A152" s="4" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>247</v>
+        <v>180</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>498</v>
+        <v>476</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>500</v>
+        <v>478</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>479</v>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="I152" s="4" t="s">
+        <v>485</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="K152" s="4" t="s">
+        <v>487</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="4" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>247</v>
+        <v>180</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>498</v>
+        <v>476</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="F153" s="5" t="s">
-        <v>500</v>
+        <v>478</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>15</v>
+        <v>479</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>422</v>
+        <v>488</v>
       </c>
       <c r="I153" s="4" t="s">
-        <v>423</v>
+        <v>489</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="4" t="s">
-        <v>503</v>
+        <v>475</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>505</v>
+        <v>477</v>
       </c>
       <c r="F154" s="5" t="s">
-        <v>506</v>
+        <v>478</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>479</v>
+      </c>
+      <c r="H154" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="I154" s="4" t="s">
+        <v>493</v>
+      </c>
+      <c r="J154" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="K154" s="4" t="s">
+        <v>495</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4" t="s">
-        <v>503</v>
+        <v>475</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>162</v>
+        <v>180</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>504</v>
+        <v>476</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>505</v>
+        <v>477</v>
       </c>
       <c r="F155" s="5" t="s">
-        <v>506</v>
+        <v>478</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>15</v>
+        <v>479</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="I155" s="4" t="s">
-        <v>508</v>
-[...6 lines deleted...]
-      </c>
+        <v>497</v>
+      </c>
+      <c r="J155" s="5"/>
+      <c r="K155" s="4"/>
     </row>
     <row r="156">
       <c r="A156" s="4" t="s">
-        <v>511</v>
+        <v>475</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>93</v>
+        <v>180</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>512</v>
+        <v>476</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>513</v>
+        <v>477</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>514</v>
+        <v>478</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-      </c>
+        <v>479</v>
+      </c>
+      <c r="H156" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I156" s="4" t="s">
+        <v>499</v>
+      </c>
+      <c r="J156" s="5"/>
+      <c r="K156" s="4"/>
     </row>
     <row r="157">
       <c r="A157" s="4" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>93</v>
+        <v>265</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="F157" s="5" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="G157" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H157" s="5" t="s">
-[...9 lines deleted...]
-        <v>518</v>
+      <c r="H157" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I157" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J157" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K157" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="4" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>93</v>
+        <v>265</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="F158" s="5" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="G158" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H158" s="5"/>
-      <c r="I158" s="4"/>
+      <c r="H158" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="I158" s="4" t="s">
+        <v>505</v>
+      </c>
       <c r="J158" s="5" t="s">
-        <v>519</v>
+        <v>506</v>
       </c>
       <c r="K158" s="4" t="s">
-        <v>520</v>
+        <v>507</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="B159" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="C159" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="G159" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H159" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="I159" s="4" t="s">
+        <v>509</v>
+      </c>
+      <c r="J159" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="K159" s="4" t="s">
         <v>511</v>
-      </c>
-[...24 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4" t="s">
-        <v>523</v>
+        <v>500</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>78</v>
+        <v>265</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>524</v>
+        <v>501</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
       <c r="F160" s="5" t="s">
-        <v>526</v>
+        <v>503</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H160" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H160" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="I160" s="4" t="s">
+        <v>513</v>
+      </c>
+      <c r="J160" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="K160" s="4" t="s">
+        <v>515</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4" t="s">
-        <v>523</v>
+        <v>500</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>78</v>
+        <v>265</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>524</v>
+        <v>501</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>525</v>
+        <v>502</v>
       </c>
       <c r="F161" s="5" t="s">
-        <v>526</v>
+        <v>503</v>
       </c>
       <c r="G161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>527</v>
+        <v>42</v>
       </c>
       <c r="I161" s="4" t="s">
-        <v>528</v>
-[...6 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="J161" s="5"/>
+      <c r="K161" s="4"/>
     </row>
     <row r="162">
       <c r="A162" s="4" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>78</v>
+        <v>265</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="G162" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H162" s="5" t="s">
-[...9 lines deleted...]
-        <v>532</v>
+      <c r="H162" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I162" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J162" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K162" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>77</v>
+        <v>264</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>78</v>
+        <v>265</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>525</v>
+        <v>518</v>
       </c>
       <c r="F163" s="5" t="s">
-        <v>526</v>
+        <v>519</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H163" s="5" t="s">
-        <v>533</v>
+        <v>441</v>
       </c>
       <c r="I163" s="4" t="s">
-        <v>534</v>
+        <v>442</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="K163" s="4" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D164" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="B164" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D164" s="5" t="s">
+      <c r="E164" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="E164" s="5" t="s">
+      <c r="F164" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F164" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G164" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H164" s="5"/>
-[...5 lines deleted...]
-        <v>368</v>
+      <c r="H164" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I164" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J164" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K164" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D165" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="B165" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D165" s="5" t="s">
+      <c r="E165" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="E165" s="5" t="s">
+      <c r="F165" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F165" s="5" t="s">
+      <c r="G165" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H165" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="G165" s="5" t="s">
-[...3 lines deleted...]
-      <c r="I165" s="4"/>
+      <c r="I165" s="4" t="s">
+        <v>527</v>
+      </c>
       <c r="J165" s="5" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="K165" s="4" t="s">
-        <v>368</v>
+        <v>529</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F166" s="5" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="G166" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H166" s="5"/>
-[...5 lines deleted...]
-        <v>540</v>
+      <c r="H166" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I166" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J166" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K166" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F167" s="5" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="G167" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H167" s="5"/>
-      <c r="I167" s="4"/>
+      <c r="H167" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="I167" s="4" t="s">
+        <v>535</v>
+      </c>
       <c r="J167" s="5" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="K167" s="4" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="G168" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="5"/>
       <c r="I168" s="4"/>
       <c r="J168" s="5" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="K168" s="4" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>525</v>
+        <v>532</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="G169" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="5"/>
       <c r="I169" s="4"/>
       <c r="J169" s="5" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="K169" s="4" t="s">
-        <v>130</v>
+        <v>541</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>524</v>
+        <v>543</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>525</v>
+        <v>544</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>526</v>
+        <v>545</v>
       </c>
       <c r="G170" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H170" s="5"/>
-[...5 lines deleted...]
-        <v>547</v>
+      <c r="H170" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I170" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J170" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K170" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>524</v>
+        <v>543</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>525</v>
+        <v>544</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>526</v>
+        <v>545</v>
       </c>
       <c r="G171" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H171" s="5"/>
-      <c r="I171" s="4"/>
+      <c r="H171" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="I171" s="4" t="s">
+        <v>283</v>
+      </c>
       <c r="J171" s="5" t="s">
-        <v>548</v>
+        <v>434</v>
       </c>
       <c r="K171" s="4" t="s">
-        <v>360</v>
+        <v>435</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4" t="s">
-        <v>523</v>
+        <v>546</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>78</v>
+        <v>11</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>524</v>
+        <v>547</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>525</v>
+        <v>548</v>
       </c>
       <c r="F172" s="5" t="s">
-        <v>526</v>
+        <v>549</v>
       </c>
       <c r="G172" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>360</v>
+        <v>550</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I172" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J172" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K172" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="F173" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="G173" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="B173" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D173" s="5" t="s">
+      <c r="H173" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="E173" s="5" t="s">
+      <c r="I173" s="4" t="s">
         <v>552</v>
       </c>
-      <c r="F173" s="5" t="s">
+      <c r="J173" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="G173" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="K173" s="4" t="s">
+        <v>554</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4" t="s">
+        <v>546</v>
+      </c>
+      <c r="B174" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C174" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="G174" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="B174" s="5" t="s">
-[...22 lines deleted...]
-      </c>
+      <c r="H174" s="5"/>
+      <c r="I174" s="4"/>
       <c r="J174" s="5" t="s">
-        <v>415</v>
+        <v>201</v>
       </c>
       <c r="K174" s="4" t="s">
-        <v>416</v>
+        <v>85</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D175" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="F175" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="G175" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="H175" s="5"/>
+      <c r="I175" s="4"/>
+      <c r="J175" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="E175" s="5" t="s">
+      <c r="K175" s="4" t="s">
         <v>556</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="F176" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="H176" s="5"/>
+      <c r="I176" s="4"/>
+      <c r="J176" s="5" t="s">
         <v>557</v>
       </c>
-      <c r="G176" s="5" t="s">
+      <c r="K176" s="4" t="s">
         <v>558</v>
-      </c>
-[...10 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>11</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>555</v>
+        <v>547</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="G177" s="5" t="s">
-        <v>558</v>
+        <v>550</v>
       </c>
       <c r="H177" s="5"/>
       <c r="I177" s="4"/>
       <c r="J177" s="5" t="s">
-        <v>183</v>
+        <v>559</v>
       </c>
       <c r="K177" s="4" t="s">
-        <v>65</v>
+        <v>235</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>558</v>
-[...7 lines deleted...]
-        <v>564</v>
+        <v>15</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I178" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J178" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K178" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="F179" s="5" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="G179" s="5" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-      <c r="I179" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H179" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="I179" s="4" t="s">
+        <v>565</v>
+      </c>
       <c r="J179" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="K179" s="4" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="F180" s="5" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="G180" s="5" t="s">
-        <v>558</v>
-[...8 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H180" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="I180" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="J180" s="5"/>
+      <c r="K180" s="4"/>
     </row>
     <row r="181">
       <c r="A181" s="4" t="s">
         <v>568</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>569</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>570</v>
       </c>
       <c r="F181" s="5" t="s">
         <v>571</v>
       </c>
       <c r="G181" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H181" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J181" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="4" t="s">
         <v>568</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>55</v>
+        <v>180</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>569</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>570</v>
       </c>
       <c r="F182" s="5" t="s">
         <v>571</v>
       </c>
       <c r="G182" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>572</v>
+        <v>394</v>
       </c>
       <c r="I182" s="4" t="s">
-        <v>573</v>
+        <v>395</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>574</v>
+        <v>461</v>
       </c>
       <c r="K182" s="4" t="s">
-        <v>575</v>
+        <v>462</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="4" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="F183" s="5" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="G183" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H183" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K183" s="4"/>
+      <c r="H183" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I183" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J183" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K183" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="184">
       <c r="A184" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H184" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="I184" s="4" t="s">
+        <v>395</v>
+      </c>
+      <c r="J184" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="B184" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D184" s="5" t="s">
+      <c r="K184" s="4" t="s">
         <v>577</v>
-      </c>
-[...19 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="4" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>162</v>
+        <v>98</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>577</v>
+        <v>573</v>
       </c>
       <c r="E185" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H185" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="F185" s="5" t="s">
+      <c r="I185" s="4" t="s">
         <v>579</v>
       </c>
-      <c r="G185" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J185" s="5" t="s">
-        <v>442</v>
+        <v>461</v>
       </c>
       <c r="K185" s="4" t="s">
-        <v>443</v>
+        <v>462</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="4" t="s">
+        <v>572</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H186" s="5"/>
+      <c r="I186" s="4"/>
+      <c r="J186" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="B186" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D186" s="5" t="s">
+      <c r="K186" s="4" t="s">
         <v>581</v>
-      </c>
-[...19 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="4" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E187" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H187" s="5"/>
+      <c r="I187" s="4"/>
+      <c r="J187" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="F187" s="5" t="s">
+      <c r="K187" s="4" t="s">
         <v>583</v>
-      </c>
-[...13 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="4" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F188" s="5" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="G188" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H188" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H188" s="5"/>
+      <c r="I188" s="4"/>
       <c r="J188" s="5" t="s">
-        <v>442</v>
+        <v>584</v>
       </c>
       <c r="K188" s="4" t="s">
-        <v>443</v>
+        <v>585</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="4" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F189" s="5" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="G189" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H189" s="5"/>
       <c r="I189" s="4"/>
       <c r="J189" s="5" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="K189" s="4" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="4" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F190" s="5" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="G190" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H190" s="5"/>
       <c r="I190" s="4"/>
       <c r="J190" s="5" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="K190" s="4" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="4" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="G191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="5"/>
       <c r="I191" s="4"/>
       <c r="J191" s="5" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="K191" s="4" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="4" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>77</v>
+        <v>285</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>78</v>
+        <v>593</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="F192" s="5" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="G192" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H192" s="5"/>
-[...5 lines deleted...]
-        <v>595</v>
+      <c r="H192" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I192" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J192" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K192" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="4" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>77</v>
+        <v>285</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>78</v>
+        <v>593</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="F193" s="5" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="G193" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H193" s="5"/>
-      <c r="I193" s="4"/>
+      <c r="H193" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="I193" s="4" t="s">
+        <v>598</v>
+      </c>
       <c r="J193" s="5" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K193" s="4" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="4" t="s">
-        <v>580</v>
+        <v>592</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>77</v>
+        <v>285</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>78</v>
+        <v>593</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="F194" s="5" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="G194" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H194" s="5"/>
       <c r="I194" s="4"/>
       <c r="J194" s="5" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="K194" s="4" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="4" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>601</v>
+        <v>98</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F195" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G195" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H195" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J195" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="4" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>601</v>
+        <v>98</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F196" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G196" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H196" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="I196" s="4" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>607</v>
+        <v>161</v>
       </c>
       <c r="K196" s="4" t="s">
-        <v>608</v>
+        <v>162</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="4" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>267</v>
+        <v>97</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>601</v>
+        <v>98</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="F197" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="G197" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H197" s="5"/>
       <c r="I197" s="4"/>
       <c r="J197" s="5" t="s">
         <v>609</v>
       </c>
       <c r="K197" s="4" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="4" t="s">
-        <v>611</v>
+        <v>603</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>77</v>
+        <v>97</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>612</v>
+        <v>604</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>613</v>
+        <v>605</v>
       </c>
       <c r="F198" s="5" t="s">
-        <v>614</v>
+        <v>606</v>
       </c>
       <c r="G198" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H198" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H198" s="5"/>
+      <c r="I198" s="4"/>
+      <c r="J198" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="K198" s="4" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="4" t="s">
+        <v>603</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="F199" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H199" s="5"/>
+      <c r="I199" s="4"/>
+      <c r="J199" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D199" s="5" t="s">
+      <c r="K199" s="4" t="s">
         <v>612</v>
       </c>
-      <c r="E199" s="5" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="200">
-      <c r="A200" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A200" s="4"/>
+      <c r="B200" s="5"/>
+      <c r="C200" s="5"/>
+      <c r="D200" s="5"/>
+      <c r="E200" s="5"/>
+      <c r="F200" s="5"/>
+      <c r="G200" s="5"/>
       <c r="H200" s="5"/>
       <c r="I200" s="4"/>
-      <c r="J200" s="5" t="s">
-[...211 lines deleted...]
-      <c r="K207" s="4"/>
+      <c r="J200" s="5"/>
+      <c r="K200" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="A2:A18"/>
     <mergeCell ref="B2:B18"/>
     <mergeCell ref="C2:C18"/>
     <mergeCell ref="D2:D18"/>
     <mergeCell ref="E2:E18"/>
     <mergeCell ref="F2:F18"/>
     <mergeCell ref="G2:G18"/>
-    <mergeCell ref="A19:A21"/>
-[...229 lines deleted...]
-    <mergeCell ref="G132:G133"/>
+    <mergeCell ref="A19:A25"/>
+    <mergeCell ref="B19:B25"/>
+    <mergeCell ref="C19:C25"/>
+    <mergeCell ref="D19:D25"/>
+    <mergeCell ref="E19:E25"/>
+    <mergeCell ref="F19:F25"/>
+    <mergeCell ref="G19:G25"/>
+    <mergeCell ref="A26:A28"/>
+    <mergeCell ref="B26:B28"/>
+    <mergeCell ref="C26:C28"/>
+    <mergeCell ref="D26:D28"/>
+    <mergeCell ref="E26:E28"/>
+    <mergeCell ref="F26:F28"/>
+    <mergeCell ref="G26:G28"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="B29:B30"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="D29:D30"/>
+    <mergeCell ref="E29:E30"/>
+    <mergeCell ref="F29:F30"/>
+    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="A31:A32"/>
+    <mergeCell ref="B31:B32"/>
+    <mergeCell ref="C31:C32"/>
+    <mergeCell ref="D31:D32"/>
+    <mergeCell ref="E31:E32"/>
+    <mergeCell ref="F31:F32"/>
+    <mergeCell ref="G31:G32"/>
+    <mergeCell ref="A33:A34"/>
+    <mergeCell ref="B33:B34"/>
+    <mergeCell ref="C33:C34"/>
+    <mergeCell ref="D33:D34"/>
+    <mergeCell ref="E33:E34"/>
+    <mergeCell ref="F33:F34"/>
+    <mergeCell ref="G33:G34"/>
+    <mergeCell ref="A35:A36"/>
+    <mergeCell ref="B35:B36"/>
+    <mergeCell ref="C35:C36"/>
+    <mergeCell ref="D35:D36"/>
+    <mergeCell ref="E35:E36"/>
+    <mergeCell ref="F35:F36"/>
+    <mergeCell ref="G35:G36"/>
+    <mergeCell ref="A37:A41"/>
+    <mergeCell ref="B37:B41"/>
+    <mergeCell ref="C37:C41"/>
+    <mergeCell ref="D37:D41"/>
+    <mergeCell ref="E37:E41"/>
+    <mergeCell ref="F37:F41"/>
+    <mergeCell ref="G37:G41"/>
+    <mergeCell ref="A42:A44"/>
+    <mergeCell ref="B42:B44"/>
+    <mergeCell ref="C42:C44"/>
+    <mergeCell ref="D42:D44"/>
+    <mergeCell ref="E42:E44"/>
+    <mergeCell ref="F42:F44"/>
+    <mergeCell ref="G42:G44"/>
+    <mergeCell ref="A45:A49"/>
+    <mergeCell ref="B45:B49"/>
+    <mergeCell ref="C45:C49"/>
+    <mergeCell ref="D45:D49"/>
+    <mergeCell ref="E45:E49"/>
+    <mergeCell ref="F45:F49"/>
+    <mergeCell ref="G45:G49"/>
+    <mergeCell ref="A50:A52"/>
+    <mergeCell ref="B50:B52"/>
+    <mergeCell ref="C50:C52"/>
+    <mergeCell ref="D50:D52"/>
+    <mergeCell ref="E50:E52"/>
+    <mergeCell ref="F50:F52"/>
+    <mergeCell ref="G50:G52"/>
+    <mergeCell ref="A53:A54"/>
+    <mergeCell ref="B53:B54"/>
+    <mergeCell ref="C53:C54"/>
+    <mergeCell ref="D53:D54"/>
+    <mergeCell ref="E53:E54"/>
+    <mergeCell ref="F53:F54"/>
+    <mergeCell ref="G53:G54"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="C55:C56"/>
+    <mergeCell ref="D55:D56"/>
+    <mergeCell ref="E55:E56"/>
+    <mergeCell ref="F55:F56"/>
+    <mergeCell ref="G55:G56"/>
+    <mergeCell ref="A57:A58"/>
+    <mergeCell ref="B57:B58"/>
+    <mergeCell ref="C57:C58"/>
+    <mergeCell ref="D57:D58"/>
+    <mergeCell ref="E57:E58"/>
+    <mergeCell ref="F57:F58"/>
+    <mergeCell ref="G57:G58"/>
+    <mergeCell ref="A59:A60"/>
+    <mergeCell ref="B59:B60"/>
+    <mergeCell ref="C59:C60"/>
+    <mergeCell ref="D59:D60"/>
+    <mergeCell ref="E59:E60"/>
+    <mergeCell ref="F59:F60"/>
+    <mergeCell ref="G59:G60"/>
+    <mergeCell ref="A61:A69"/>
+    <mergeCell ref="B61:B69"/>
+    <mergeCell ref="C61:C69"/>
+    <mergeCell ref="D61:D69"/>
+    <mergeCell ref="E61:E69"/>
+    <mergeCell ref="F61:F69"/>
+    <mergeCell ref="G61:G69"/>
+    <mergeCell ref="A70:A78"/>
+    <mergeCell ref="B70:B78"/>
+    <mergeCell ref="C70:C78"/>
+    <mergeCell ref="D70:D78"/>
+    <mergeCell ref="E70:E78"/>
+    <mergeCell ref="F70:F78"/>
+    <mergeCell ref="G70:G78"/>
+    <mergeCell ref="A79:A81"/>
+    <mergeCell ref="B79:B81"/>
+    <mergeCell ref="C79:C81"/>
+    <mergeCell ref="D79:D81"/>
+    <mergeCell ref="E79:E81"/>
+    <mergeCell ref="F79:F81"/>
+    <mergeCell ref="G79:G81"/>
+    <mergeCell ref="A82:A85"/>
+    <mergeCell ref="B82:B85"/>
+    <mergeCell ref="C82:C85"/>
+    <mergeCell ref="D82:D85"/>
+    <mergeCell ref="E82:E85"/>
+    <mergeCell ref="F82:F85"/>
+    <mergeCell ref="G82:G85"/>
+    <mergeCell ref="A86:A94"/>
+    <mergeCell ref="B86:B94"/>
+    <mergeCell ref="C86:C94"/>
+    <mergeCell ref="D86:D94"/>
+    <mergeCell ref="E86:E94"/>
+    <mergeCell ref="F86:F94"/>
+    <mergeCell ref="G86:G94"/>
+    <mergeCell ref="A95:A97"/>
+    <mergeCell ref="B95:B97"/>
+    <mergeCell ref="C95:C97"/>
+    <mergeCell ref="D95:D97"/>
+    <mergeCell ref="E95:E97"/>
+    <mergeCell ref="F95:F97"/>
+    <mergeCell ref="G95:G97"/>
+    <mergeCell ref="A98:A99"/>
+    <mergeCell ref="B98:B99"/>
+    <mergeCell ref="C98:C99"/>
+    <mergeCell ref="D98:D99"/>
+    <mergeCell ref="E98:E99"/>
+    <mergeCell ref="F98:F99"/>
+    <mergeCell ref="G98:G99"/>
+    <mergeCell ref="A100:A102"/>
+    <mergeCell ref="B100:B102"/>
+    <mergeCell ref="C100:C102"/>
+    <mergeCell ref="D100:D102"/>
+    <mergeCell ref="E100:E102"/>
+    <mergeCell ref="F100:F102"/>
+    <mergeCell ref="G100:G102"/>
+    <mergeCell ref="A103:A105"/>
+    <mergeCell ref="B103:B105"/>
+    <mergeCell ref="C103:C105"/>
+    <mergeCell ref="D103:D105"/>
+    <mergeCell ref="E103:E105"/>
+    <mergeCell ref="F103:F105"/>
+    <mergeCell ref="G103:G105"/>
+    <mergeCell ref="A106:A110"/>
+    <mergeCell ref="B106:B110"/>
+    <mergeCell ref="C106:C110"/>
+    <mergeCell ref="D106:D110"/>
+    <mergeCell ref="E106:E110"/>
+    <mergeCell ref="F106:F110"/>
+    <mergeCell ref="G106:G110"/>
+    <mergeCell ref="A111:A113"/>
+    <mergeCell ref="B111:B113"/>
+    <mergeCell ref="C111:C113"/>
+    <mergeCell ref="D111:D113"/>
+    <mergeCell ref="E111:E113"/>
+    <mergeCell ref="F111:F113"/>
+    <mergeCell ref="G111:G113"/>
+    <mergeCell ref="A114:A115"/>
+    <mergeCell ref="B114:B115"/>
+    <mergeCell ref="C114:C115"/>
+    <mergeCell ref="D114:D115"/>
+    <mergeCell ref="E114:E115"/>
+    <mergeCell ref="F114:F115"/>
+    <mergeCell ref="G114:G115"/>
+    <mergeCell ref="A116:A119"/>
+    <mergeCell ref="B116:B119"/>
+    <mergeCell ref="C116:C119"/>
+    <mergeCell ref="D116:D119"/>
+    <mergeCell ref="E116:E119"/>
+    <mergeCell ref="F116:F119"/>
+    <mergeCell ref="G116:G119"/>
+    <mergeCell ref="A120:A122"/>
+    <mergeCell ref="B120:B122"/>
+    <mergeCell ref="C120:C122"/>
+    <mergeCell ref="D120:D122"/>
+    <mergeCell ref="E120:E122"/>
+    <mergeCell ref="F120:F122"/>
+    <mergeCell ref="G120:G122"/>
+    <mergeCell ref="A123:A124"/>
+    <mergeCell ref="B123:B124"/>
+    <mergeCell ref="C123:C124"/>
+    <mergeCell ref="D123:D124"/>
+    <mergeCell ref="E123:E124"/>
+    <mergeCell ref="F123:F124"/>
+    <mergeCell ref="G123:G124"/>
+    <mergeCell ref="A125:A126"/>
+    <mergeCell ref="B125:B126"/>
+    <mergeCell ref="C125:C126"/>
+    <mergeCell ref="D125:D126"/>
+    <mergeCell ref="E125:E126"/>
+    <mergeCell ref="F125:F126"/>
+    <mergeCell ref="G125:G126"/>
+    <mergeCell ref="A127:A128"/>
+    <mergeCell ref="B127:B128"/>
+    <mergeCell ref="C127:C128"/>
+    <mergeCell ref="D127:D128"/>
+    <mergeCell ref="E127:E128"/>
+    <mergeCell ref="F127:F128"/>
+    <mergeCell ref="G127:G128"/>
+    <mergeCell ref="A129:A133"/>
+    <mergeCell ref="B129:B133"/>
+    <mergeCell ref="C129:C133"/>
+    <mergeCell ref="D129:D133"/>
+    <mergeCell ref="E129:E133"/>
+    <mergeCell ref="F129:F133"/>
+    <mergeCell ref="G129:G133"/>
     <mergeCell ref="A134:A136"/>
     <mergeCell ref="B134:B136"/>
     <mergeCell ref="C134:C136"/>
     <mergeCell ref="D134:D136"/>
     <mergeCell ref="E134:E136"/>
     <mergeCell ref="F134:F136"/>
     <mergeCell ref="G134:G136"/>
-    <mergeCell ref="A137:A139"/>
-[...103 lines deleted...]
-    <mergeCell ref="G203:G206"/>
+    <mergeCell ref="A137:A141"/>
+    <mergeCell ref="B137:B141"/>
+    <mergeCell ref="C137:C141"/>
+    <mergeCell ref="D137:D141"/>
+    <mergeCell ref="E137:E141"/>
+    <mergeCell ref="F137:F141"/>
+    <mergeCell ref="G137:G141"/>
+    <mergeCell ref="A142:A143"/>
+    <mergeCell ref="B142:B143"/>
+    <mergeCell ref="C142:C143"/>
+    <mergeCell ref="D142:D143"/>
+    <mergeCell ref="E142:E143"/>
+    <mergeCell ref="F142:F143"/>
+    <mergeCell ref="G142:G143"/>
+    <mergeCell ref="A144:A146"/>
+    <mergeCell ref="B144:B146"/>
+    <mergeCell ref="C144:C146"/>
+    <mergeCell ref="D144:D146"/>
+    <mergeCell ref="E144:E146"/>
+    <mergeCell ref="F144:F146"/>
+    <mergeCell ref="G144:G146"/>
+    <mergeCell ref="A147:A149"/>
+    <mergeCell ref="B147:B149"/>
+    <mergeCell ref="C147:C149"/>
+    <mergeCell ref="D147:D149"/>
+    <mergeCell ref="E147:E149"/>
+    <mergeCell ref="F147:F149"/>
+    <mergeCell ref="G147:G149"/>
+    <mergeCell ref="A150:A156"/>
+    <mergeCell ref="B150:B156"/>
+    <mergeCell ref="C150:C156"/>
+    <mergeCell ref="D150:D156"/>
+    <mergeCell ref="E150:E156"/>
+    <mergeCell ref="F150:F156"/>
+    <mergeCell ref="G150:G156"/>
+    <mergeCell ref="A157:A161"/>
+    <mergeCell ref="B157:B161"/>
+    <mergeCell ref="C157:C161"/>
+    <mergeCell ref="D157:D161"/>
+    <mergeCell ref="E157:E161"/>
+    <mergeCell ref="F157:F161"/>
+    <mergeCell ref="G157:G161"/>
+    <mergeCell ref="A162:A163"/>
+    <mergeCell ref="B162:B163"/>
+    <mergeCell ref="C162:C163"/>
+    <mergeCell ref="D162:D163"/>
+    <mergeCell ref="E162:E163"/>
+    <mergeCell ref="F162:F163"/>
+    <mergeCell ref="G162:G163"/>
+    <mergeCell ref="A164:A165"/>
+    <mergeCell ref="B164:B165"/>
+    <mergeCell ref="C164:C165"/>
+    <mergeCell ref="D164:D165"/>
+    <mergeCell ref="E164:E165"/>
+    <mergeCell ref="F164:F165"/>
+    <mergeCell ref="G164:G165"/>
+    <mergeCell ref="A166:A169"/>
+    <mergeCell ref="B166:B169"/>
+    <mergeCell ref="C166:C169"/>
+    <mergeCell ref="D166:D169"/>
+    <mergeCell ref="E166:E169"/>
+    <mergeCell ref="F166:F169"/>
+    <mergeCell ref="G166:G169"/>
+    <mergeCell ref="A170:A171"/>
+    <mergeCell ref="B170:B171"/>
+    <mergeCell ref="C170:C171"/>
+    <mergeCell ref="D170:D171"/>
+    <mergeCell ref="E170:E171"/>
+    <mergeCell ref="F170:F171"/>
+    <mergeCell ref="G170:G171"/>
+    <mergeCell ref="A172:A177"/>
+    <mergeCell ref="B172:B177"/>
+    <mergeCell ref="C172:C177"/>
+    <mergeCell ref="D172:D177"/>
+    <mergeCell ref="E172:E177"/>
+    <mergeCell ref="F172:F177"/>
+    <mergeCell ref="G172:G177"/>
+    <mergeCell ref="A178:A180"/>
+    <mergeCell ref="B178:B180"/>
+    <mergeCell ref="C178:C180"/>
+    <mergeCell ref="D178:D180"/>
+    <mergeCell ref="E178:E180"/>
+    <mergeCell ref="F178:F180"/>
+    <mergeCell ref="G178:G180"/>
+    <mergeCell ref="A181:A182"/>
+    <mergeCell ref="B181:B182"/>
+    <mergeCell ref="C181:C182"/>
+    <mergeCell ref="D181:D182"/>
+    <mergeCell ref="E181:E182"/>
+    <mergeCell ref="F181:F182"/>
+    <mergeCell ref="G181:G182"/>
+    <mergeCell ref="A183:A191"/>
+    <mergeCell ref="B183:B191"/>
+    <mergeCell ref="C183:C191"/>
+    <mergeCell ref="D183:D191"/>
+    <mergeCell ref="E183:E191"/>
+    <mergeCell ref="F183:F191"/>
+    <mergeCell ref="G183:G191"/>
+    <mergeCell ref="A192:A194"/>
+    <mergeCell ref="B192:B194"/>
+    <mergeCell ref="C192:C194"/>
+    <mergeCell ref="D192:D194"/>
+    <mergeCell ref="E192:E194"/>
+    <mergeCell ref="F192:F194"/>
+    <mergeCell ref="G192:G194"/>
+    <mergeCell ref="A195:A199"/>
+    <mergeCell ref="B195:B199"/>
+    <mergeCell ref="C195:C199"/>
+    <mergeCell ref="D195:D199"/>
+    <mergeCell ref="E195:E199"/>
+    <mergeCell ref="F195:F199"/>
+    <mergeCell ref="G195:G199"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>