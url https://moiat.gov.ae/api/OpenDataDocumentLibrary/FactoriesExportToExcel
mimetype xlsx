--- v2 (2026-01-24)
+++ v3 (2026-03-06)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="613" uniqueCount="613">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="607" uniqueCount="607">
   <si>
     <t>الأسم</t>
   </si>
   <si>
     <t>الموقع</t>
   </si>
   <si>
     <t>المنطقة</t>
   </si>
   <si>
     <t>العنوان</t>
   </si>
   <si>
     <t>الاميل</t>
   </si>
   <si>
     <t>الهاتف</t>
   </si>
   <si>
     <t>موقع إلكتروني</t>
   </si>
   <si>
     <t>نشاط</t>
   </si>
   <si>
@@ -507,84 +507,78 @@
   <si>
     <t>39191000</t>
   </si>
   <si>
     <t xml:space="preserve">ـ لفات لا يتجاوز عرضها 20 سم </t>
   </si>
   <si>
     <t>39199000</t>
   </si>
   <si>
     <t>ـ غيرها</t>
   </si>
   <si>
     <t>48114110</t>
   </si>
   <si>
     <t>- - - بشكل أشرطة أو لفات لا يزيد عرضها عن 36 سم</t>
   </si>
   <si>
     <t>59061000</t>
   </si>
   <si>
     <t xml:space="preserve"> - أشرطة لاصقة بعرض لا يزيد عن 20 سم </t>
   </si>
   <si>
-    <t xml:space="preserve"> اولمبيك لصناعة الاسفنج والاثاث ذ.م.م - </t>
-[...32 lines deleted...]
-    <t xml:space="preserve">- - - أطقم غرف النوم ، كاملة </t>
+    <t xml:space="preserve"> اوشين لصناعة العبوات ذ.م.م</t>
+  </si>
+  <si>
+    <t>Umm Dera - Emirate of Umm Al Quwain</t>
+  </si>
+  <si>
+    <t>Fathimasuhara.m@gmail.com</t>
+  </si>
+  <si>
+    <t>0565080563</t>
+  </si>
+  <si>
+    <t>1702003</t>
+  </si>
+  <si>
+    <t>صناعة العلب والعبوات الورقية</t>
+  </si>
+  <si>
+    <t>48192090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - -  غيرها</t>
+  </si>
+  <si>
+    <t>1702004</t>
+  </si>
+  <si>
+    <t>صناعة الأكياس الورقية</t>
   </si>
   <si>
     <t xml:space="preserve"> اويلفيلد بتروليوم ش.ذ.م.م</t>
   </si>
   <si>
     <t>مجمع دبي للإستثمار</t>
   </si>
   <si>
     <t>DUBAI INVESTMENTS PARK 1</t>
   </si>
   <si>
     <t>rajesh.koothully@ofpindustries.com</t>
   </si>
   <si>
     <t>0554957127</t>
   </si>
   <si>
     <t>2592011</t>
   </si>
   <si>
     <t>تشغيل وتشكيل المعادن</t>
   </si>
   <si>
     <t>82072000</t>
   </si>
@@ -834,125 +828,113 @@
   <si>
     <t>0566642080</t>
   </si>
   <si>
     <t>www.mci.ae</t>
   </si>
   <si>
     <t>2592001</t>
   </si>
   <si>
     <t>الطلاء بالمعادن</t>
   </si>
   <si>
     <t>72081000</t>
   </si>
   <si>
     <t xml:space="preserve">- بشكل لفات ، غير مشغولة أكثر من التجليخ بالحرارة ، ذات علامات سطحية بارزة </t>
   </si>
   <si>
     <t>72141000</t>
   </si>
   <si>
     <t xml:space="preserve"> قضبان وعيدان من حديد أو صلب من غير الخلائط ، غير مشغولة بأكثر من الطــرق أو التجليخ أو السحب أو البثق بالحرارة ، بما فيها القضبان والعيدان المفتولة بعد التجليخ ,مطروقة</t>
   </si>
   <si>
+    <t xml:space="preserve"> في 2 ميديا &amp; ادفرتايزينج ش.ذ.م.م</t>
+  </si>
+  <si>
+    <t>RAS AL KHOR INDUSTRIAL AREA</t>
+  </si>
+  <si>
+    <t>accounts@v2media.ae</t>
+  </si>
+  <si>
+    <t>050-1463019</t>
+  </si>
+  <si>
+    <t>1811001</t>
+  </si>
+  <si>
+    <t>طباعة الاستمارات والمواد التجارية المطبوعة الأخرى</t>
+  </si>
+  <si>
+    <t>49111010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - مطبوعات للدعاية والإعلان </t>
+  </si>
+  <si>
+    <t>49111090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- - - كتالوجات تجارية وما يماثلها </t>
+  </si>
+  <si>
     <t xml:space="preserve"> فيجن للصناعات المعمارية ش.ذ.م.م</t>
   </si>
   <si>
     <t>DIP 1, Warehouse 5</t>
   </si>
   <si>
     <t>model@visionegm.com</t>
   </si>
   <si>
     <t>050-2832789</t>
   </si>
   <si>
     <t>www.visionegm.com</t>
   </si>
   <si>
     <t>68109990</t>
   </si>
   <si>
     <t>2395004</t>
   </si>
   <si>
     <t>صناعة المنتجات الأسمنتية المقواة بالألياف الزجاجية</t>
   </si>
   <si>
-    <t xml:space="preserve"> لوبكون لصناعة زيوت التشحيم ش.ذ.م.م</t>
+    <t xml:space="preserve"> مؤسسة الراية لأعمال النجارة</t>
   </si>
   <si>
     <t>رأس الخيمة</t>
   </si>
   <si>
     <t>منطقة الحمرا الصناعية</t>
   </si>
   <si>
-    <t>WIZN5-10 Shed No.5 Al Hamra Industrial Zone-NFZ RAK, United Arab Emirates</t>
-[...40 lines deleted...]
-  <si>
     <t>PL105</t>
   </si>
   <si>
     <t>adminuae@alrayawood.com</t>
   </si>
   <si>
     <t>0502711151</t>
   </si>
   <si>
     <t>1623005</t>
   </si>
   <si>
     <t>صناعة المنصـات بكافة انواعها وألواح التحميل الاخرى الخشـبية</t>
   </si>
   <si>
     <t>44151090</t>
   </si>
   <si>
     <t>1623003</t>
   </si>
   <si>
     <t>صناعة صناديق التعبئة والأوعية الخشبية المشابهة للتغليف</t>
   </si>
   <si>
     <t xml:space="preserve"> ماي بلو لتنقية مياه الشرب وتصفيتها ش.ذ.م.م</t>
@@ -1041,56 +1023,50 @@
   <si>
     <t>- - وافلز و ويفرز</t>
   </si>
   <si>
     <t>18069090</t>
   </si>
   <si>
     <t xml:space="preserve"> شوكولاته ومحضرات غذائية أخر تحتوي على كاكاو (غ.م.ك)</t>
   </si>
   <si>
     <t xml:space="preserve"> مطبعة السريع ذ. م .م - ش ش و </t>
   </si>
   <si>
     <t xml:space="preserve">المنطقة الصناعية – الشارقة </t>
   </si>
   <si>
     <t>Industrial Area 4 Sharjah</t>
   </si>
   <si>
     <t>divyank@fastprintingpressllc.com</t>
   </si>
   <si>
     <t>050-4738088</t>
   </si>
   <si>
-    <t>1811001</t>
-[...4 lines deleted...]
-  <si>
     <t>49090020</t>
   </si>
   <si>
     <t xml:space="preserve">- - - بطاقات تهاني وما يماثلها </t>
   </si>
   <si>
     <t>49119190</t>
   </si>
   <si>
     <t>49119990</t>
   </si>
   <si>
     <t>49019910</t>
   </si>
   <si>
     <t xml:space="preserve"> كتب وكتيبات ونشرات علمية أو فنية أو أدبية أو دينية أو حكومية معدة للمطالعة من جميع الأنواع، مطبوعة من أوراق منفصلة وإن كانت مطوية </t>
   </si>
   <si>
     <t xml:space="preserve"> مهيكو للصناعات المعدنية ش.ذ.م.م</t>
   </si>
   <si>
     <t>Al Marbeya street</t>
   </si>
   <si>
     <t>maheco@eim.ae</t>
@@ -1107,89 +1083,104 @@
   <si>
     <t xml:space="preserve">- هياكل مظلات ، بما فيها الهياكل المركبة على محاور (عصي) </t>
   </si>
   <si>
     <t>44189010</t>
   </si>
   <si>
     <t xml:space="preserve"> درابزين للسلالم (الدرج)من خشب</t>
   </si>
   <si>
     <t xml:space="preserve"> نتورباك لصناعات التغليف ذ م م</t>
   </si>
   <si>
     <t>FG1 Fab compound DIP 1</t>
   </si>
   <si>
     <t>Sonam@naturepack.ae</t>
   </si>
   <si>
     <t>058-5143169</t>
   </si>
   <si>
     <t>https://naturepack.ae/</t>
   </si>
   <si>
-    <t>1702004</t>
-[...4 lines deleted...]
-  <si>
     <t>48194000</t>
   </si>
   <si>
     <t xml:space="preserve"> - أكياس أخر، بما فيها المخاريط </t>
   </si>
   <si>
     <t xml:space="preserve"> واي ام اس لصناعة الاجزاء المعدنية الانشائية ش.ذ.م.م</t>
   </si>
   <si>
     <t>DUBAI INDUSRIAL CITY</t>
   </si>
   <si>
     <t>pro@yms-uae.com</t>
   </si>
   <si>
     <t>050-3916425</t>
   </si>
   <si>
     <t>www.ymsengineering.com</t>
   </si>
   <si>
     <t>2511010</t>
   </si>
   <si>
     <t>صناعة أُطر صناعية من معادن</t>
   </si>
   <si>
     <t>73089000</t>
   </si>
   <si>
     <t>غيرها</t>
   </si>
   <si>
+    <t xml:space="preserve"> وصايا للصناعة ذ.م.م</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Warehouse No. 1 - King Kanans for Mechanical Services - Bur Dubai - Seih Shuaib 3</t>
+  </si>
+  <si>
+    <t>WASAYAUAE@GMAIL.COM</t>
+  </si>
+  <si>
+    <t>050-6599765</t>
+  </si>
+  <si>
+    <t>www.wasayamfg.com</t>
+  </si>
+  <si>
+    <t>82081000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">- لشغل المعادن </t>
+  </si>
+  <si>
     <t>( اكسبيرتس لخدمات التصنع والطلاء ذ.م.م (شركه الشخص الواحد)</t>
   </si>
   <si>
     <t>P.O.Box 1380</t>
   </si>
   <si>
     <t>info@expertsmcs.com</t>
   </si>
   <si>
     <t>050-4785131</t>
   </si>
   <si>
     <t>2599104</t>
   </si>
   <si>
     <t>صناعة البراغي و المسامير اللولبية والصواميل والمنتجات الملولبة المماثلة</t>
   </si>
   <si>
     <t>01012190</t>
   </si>
   <si>
     <t xml:space="preserve"> - - - غيرها </t>
   </si>
   <si>
     <t>2591006</t>
@@ -1200,95 +1191,71 @@
   <si>
     <t>(احمد لصناعة العطور (ذ.م.م - ش.ش.و</t>
   </si>
   <si>
     <t>JURF INDUSTRIAL</t>
   </si>
   <si>
     <t>danish.mapari@ahmedalmaghribi.com</t>
   </si>
   <si>
     <t>0521669750</t>
   </si>
   <si>
     <t>2023008</t>
   </si>
   <si>
     <t>صناعة العطور وماء التواليت</t>
   </si>
   <si>
     <t>33030090</t>
   </si>
   <si>
     <t>.بيوتك سلوشنز شركة الشخص الواحد .ذ.م.م</t>
   </si>
   <si>
-    <t>P.O. Box 282948</t>
-[...5 lines deleted...]
-    <t>043476017</t>
+    <t>P.O. Box 282948 - Al Quoz Industrial Area 3 Dubai</t>
+  </si>
+  <si>
+    <t>Nizamuddin@napconational.com</t>
+  </si>
+  <si>
+    <t>055-5253974</t>
   </si>
   <si>
     <t>2021004</t>
   </si>
   <si>
     <t>صناعة المطهرات</t>
   </si>
   <si>
     <t>34011150</t>
   </si>
   <si>
     <t xml:space="preserve">  - - - صابون مطهر</t>
   </si>
   <si>
-    <t>أ ك ن لصناعة الاواني البلاستيكية الحرارية ذ.م.م</t>
-[...22 lines deleted...]
-  <si>
     <t>أبكوفلكس للصناعات ذ.م.م</t>
   </si>
   <si>
     <t>Industrial Area 11 Sharjah</t>
   </si>
   <si>
     <t>apcoflex@eim.ae</t>
   </si>
   <si>
     <t>065355396</t>
   </si>
   <si>
     <t>2022003</t>
   </si>
   <si>
     <t>صناعة مركبات السد الغير حراري وما يماثلها</t>
   </si>
   <si>
     <t>39173100</t>
   </si>
   <si>
     <t xml:space="preserve">ـ ـ أنابيب ومواسير وخراطيم مرنة يمكن أن تتحمل على الأقل درجة ضغط 6ر27  مللي بار (MPa)</t>
   </si>
   <si>
     <t>39201000</t>
@@ -1632,62 +1599,50 @@
   <si>
     <t>2220108</t>
   </si>
   <si>
     <t>صناعة الأكياس البلاسـتيكية</t>
   </si>
   <si>
     <t>39011000</t>
   </si>
   <si>
     <t>ـ بولي إيثلين وزنه النوعي يقل عن 0.94</t>
   </si>
   <si>
     <t>39023000</t>
   </si>
   <si>
     <t xml:space="preserve">ـ  كوبوليمرات البروبيلين</t>
   </si>
   <si>
     <t>39232900</t>
   </si>
   <si>
     <t xml:space="preserve">أكياس وحقائب (بما في ذلك المخاريط) من لدائن أُخر </t>
   </si>
   <si>
-    <t>أرابيسك لصناعة الجي.أر.سي ذ.م.م</t>
-[...10 lines deleted...]
-  <si>
     <t>أرافالي للسياج ش ذ م م</t>
   </si>
   <si>
     <t>JABAL ALI INDUSTRIAL AREA 1,DUBAI</t>
   </si>
   <si>
     <t>s.thiagarajan@a1fenceproducts.com</t>
   </si>
   <si>
     <t>0558605059</t>
   </si>
   <si>
     <t>https://aravalifence.com</t>
   </si>
   <si>
     <t>2599902</t>
   </si>
   <si>
     <t>صناعة أصناف من الأسلاك</t>
   </si>
   <si>
     <t>72171000</t>
   </si>
   <si>
     <t xml:space="preserve">- غير مطلية أو مغطاه ، وإن كانت مصقولة </t>
@@ -1708,50 +1663,77 @@
     <t>73269099</t>
   </si>
   <si>
     <t>آرت وود للصناعات الخشبية ش.ذ.م.م</t>
   </si>
   <si>
     <t>Al Quoz Industrial Area 3</t>
   </si>
   <si>
     <t>issa_zakarya@yahoo.com</t>
   </si>
   <si>
     <t>043475700</t>
   </si>
   <si>
     <t>1629911</t>
   </si>
   <si>
     <t>صناعة منتجات الديكور الخشبية</t>
   </si>
   <si>
     <t>44182000</t>
   </si>
   <si>
     <t xml:space="preserve">- أبواب وأطرها وعتباتها </t>
+  </si>
+  <si>
+    <t>أرسيلورميتال دي اس تي سي م م ح</t>
+  </si>
+  <si>
+    <t>منطقة جبل علي الحرة</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ArcelorMittal DSTC FZE Plot no. S40703, South Zone 4, Jebel Ali Free Zone - DUBAI  </t>
+  </si>
+  <si>
+    <t>shareef.mohamed@contractors.arcelormittal.com</t>
+  </si>
+  <si>
+    <t>050-6198237</t>
+  </si>
+  <si>
+    <t>https://projects.arcelormittal.com/</t>
+  </si>
+  <si>
+    <t>2410107</t>
+  </si>
+  <si>
+    <t>صناعة أنابيب ومواسير وأشكال مفرَّغة من الصلب غير ملحومة</t>
+  </si>
+  <si>
+    <t>73069090</t>
   </si>
   <si>
     <t>أرماف لصناعة العطور ذ.م.م</t>
   </si>
   <si>
     <t>مستودع رقم 6-ملك استيرلنغ لصناعة العطور )ش.ذ.م.م( )فرع(-مجمع دبي للستثمار2</t>
   </si>
   <si>
     <t>I.KARAM@FAKHRUDDIN.AE</t>
   </si>
   <si>
     <t>052-6407656</t>
   </si>
   <si>
     <t>أريبيان سنت هاوس لتصنيع العطور ومستحضرات التجميل ذ.م.م</t>
   </si>
   <si>
     <t>أم القيوين، أم درع، شارع الاتحاد</t>
   </si>
   <si>
     <t>factoryessarperfumes@gmail.com</t>
   </si>
   <si>
     <t>056-6351205</t>
   </si>
@@ -1943,51 +1925,51 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K200"/>
+  <dimension ref="A1:K194"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="70" customWidth="1" style="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="9.140625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="9.140625" customWidth="1"/>
     <col min="7" max="7" width="11.0728225708008" customWidth="1"/>
     <col min="8" max="8" width="9.60472393035889" customWidth="1"/>
     <col min="9" max="9" width="45" customWidth="1" style="1"/>
     <col min="10" max="10" width="10.1619520187378" customWidth="1"/>
     <col min="11" max="11" width="45" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
@@ -3578,5075 +3560,4885 @@
         <v>154</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>155</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>156</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="5"/>
       <c r="I49" s="4"/>
       <c r="J49" s="5" t="s">
         <v>165</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>168</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>169</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J50" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>168</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>169</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>171</v>
       </c>
       <c r="I51" s="4" t="s">
         <v>172</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>173</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="4" t="s">
         <v>167</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>168</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>169</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>170</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>175</v>
       </c>
       <c r="I52" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="J52" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J52" s="5"/>
+      <c r="K52" s="4"/>
     </row>
     <row r="53">
       <c r="A53" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="B53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="5" t="s">
+      <c r="E53" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="D53" s="5" t="s">
+      <c r="F53" s="5" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H53" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J53" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="5" t="s">
+      <c r="E54" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="D54" s="5" t="s">
+      <c r="F54" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="E54" s="5" t="s">
+      <c r="G54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="F54" s="5" t="s">
+      <c r="I54" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="G54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="J54" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="I54" s="4" t="s">
+      <c r="K54" s="4" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="F55" s="5" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="F56" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="E56" s="5" t="s">
+      <c r="G56" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="F56" s="5" t="s">
+      <c r="I56" s="4" t="s">
         <v>191</v>
       </c>
-      <c r="G56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="I56" s="4" t="s">
+      <c r="K56" s="4" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="5" t="s">
+      <c r="E57" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D57" s="5" t="s">
+      <c r="F57" s="5" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J57" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="5" t="s">
+      <c r="E58" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D58" s="5" t="s">
+      <c r="F58" s="5" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>42</v>
       </c>
       <c r="I58" s="4" t="s">
         <v>43</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D59" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="F59" s="5" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D60" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="F60" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="G60" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="F60" s="5" t="s">
+      <c r="I60" s="4" t="s">
         <v>205</v>
       </c>
-      <c r="G60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="I60" s="4" t="s">
+      <c r="K60" s="4" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D61" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F61" s="5" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J61" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D62" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F62" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E62" s="5" t="s">
+      <c r="G62" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="F62" s="5" t="s">
+      <c r="I62" s="4" t="s">
         <v>213</v>
       </c>
-      <c r="G62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="I62" s="4" t="s">
+      <c r="K62" s="4" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D63" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F63" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E63" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="I63" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="J63" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I63" s="4" t="s">
+      <c r="K63" s="4" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D64" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F64" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E64" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H64" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="I64" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="J64" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="I64" s="4" t="s">
+      <c r="K64" s="4" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D65" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F65" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E65" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H65" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="I65" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="J65" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="I65" s="4" t="s">
+      <c r="K65" s="4" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D66" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="E66" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G66" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H66" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I66" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="J66" s="5" t="s">
         <v>230</v>
       </c>
-      <c r="I66" s="4" t="s">
+      <c r="K66" s="4" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D67" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F67" s="5" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H67" s="5"/>
       <c r="I67" s="4"/>
       <c r="J67" s="5" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="K67" s="4" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D68" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F68" s="5" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G68" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H68" s="5"/>
       <c r="I68" s="4"/>
       <c r="J68" s="5" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="K68" s="4" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="4" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>75</v>
       </c>
       <c r="D69" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="F69" s="5" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H69" s="5"/>
       <c r="I69" s="4"/>
       <c r="J69" s="5" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="K69" s="4" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="5" t="s">
+      <c r="E70" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="F70" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H70" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J70" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="5" t="s">
+      <c r="E71" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="F71" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="E71" s="5" t="s">
+      <c r="G71" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="F71" s="5" t="s">
+      <c r="I71" s="4" t="s">
         <v>244</v>
       </c>
-      <c r="G71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="I71" s="4" t="s">
+      <c r="K71" s="4" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B72" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="5" t="s">
+      <c r="E72" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="F72" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G72" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H72" s="5"/>
       <c r="I72" s="4"/>
       <c r="J72" s="5" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="K72" s="4" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D73" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B73" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="5" t="s">
+      <c r="E73" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D73" s="5" t="s">
+      <c r="F73" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G73" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="5"/>
       <c r="I73" s="4"/>
       <c r="J73" s="5" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="K73" s="4" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D74" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="5" t="s">
+      <c r="E74" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D74" s="5" t="s">
+      <c r="F74" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="5"/>
       <c r="I74" s="4"/>
       <c r="J74" s="5" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="K74" s="4" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D75" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="5" t="s">
+      <c r="E75" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D75" s="5" t="s">
+      <c r="F75" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G75" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H75" s="5"/>
       <c r="I75" s="4"/>
       <c r="J75" s="5" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="K75" s="4" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="5" t="s">
+      <c r="E76" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="F76" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G76" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="5"/>
       <c r="I76" s="4"/>
       <c r="J76" s="5" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="K76" s="4" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D77" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B77" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="5" t="s">
+      <c r="E77" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D77" s="5" t="s">
+      <c r="F77" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H77" s="5"/>
       <c r="I77" s="4"/>
       <c r="J77" s="5" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="K77" s="4" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="B78" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="5" t="s">
+      <c r="E78" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="D78" s="5" t="s">
+      <c r="F78" s="5" t="s">
         <v>242</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
       <c r="G78" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="5"/>
       <c r="I78" s="4"/>
       <c r="J78" s="5" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="K78" s="4" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C79" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="B79" s="5" t="s">
+      <c r="D79" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="C79" s="5" t="s">
+      <c r="E79" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="D79" s="5" t="s">
+      <c r="F79" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="E79" s="5" t="s">
+      <c r="G79" s="5" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="H79" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J79" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C80" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="B80" s="5" t="s">
+      <c r="D80" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="C80" s="5" t="s">
+      <c r="E80" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="D80" s="5" t="s">
+      <c r="F80" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="E80" s="5" t="s">
+      <c r="G80" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="F80" s="5" t="s">
+      <c r="H80" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="G80" s="5" t="s">
+      <c r="I80" s="4" t="s">
         <v>269</v>
       </c>
-      <c r="H80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I80" s="4" t="s">
+      <c r="K80" s="4" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="C81" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="B81" s="5" t="s">
+      <c r="D81" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="C81" s="5" t="s">
+      <c r="E81" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="D81" s="5" t="s">
+      <c r="F81" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="E81" s="5" t="s">
+      <c r="G81" s="5" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>269</v>
       </c>
       <c r="H81" s="5"/>
       <c r="I81" s="4"/>
       <c r="J81" s="5" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="K81" s="4" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="E82" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="B82" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D82" s="5" t="s">
+      <c r="F82" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="E82" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G82" s="5" t="s">
-        <v>280</v>
+        <v>15</v>
       </c>
       <c r="H82" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J82" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="E83" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="B83" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D83" s="5" t="s">
+      <c r="F83" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="E83" s="5" t="s">
+      <c r="G83" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="F83" s="5" t="s">
+      <c r="I83" s="4" t="s">
         <v>279</v>
       </c>
-      <c r="G83" s="5" t="s">
+      <c r="J83" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="H83" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J83" s="5" t="s">
+      <c r="K83" s="4" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="E84" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="B84" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D84" s="5" t="s">
+      <c r="F84" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="E84" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G84" s="5" t="s">
-        <v>280</v>
-[...1 lines deleted...]
-      <c r="H84" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="H84" s="5"/>
+      <c r="I84" s="4"/>
+      <c r="J84" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I84" s="4" t="s">
+      <c r="K84" s="4" t="s">
         <v>283</v>
       </c>
-      <c r="J84" s="5"/>
-      <c r="K84" s="4"/>
     </row>
     <row r="85">
       <c r="A85" s="4" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="G85" s="5" t="s">
-        <v>280</v>
-[...8 lines deleted...]
-      <c r="K85" s="4"/>
+        <v>288</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I85" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J85" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K85" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" s="4" t="s">
         <v>284</v>
       </c>
       <c r="B86" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="C86" s="5" t="s">
+      <c r="E86" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="D86" s="5" t="s">
+      <c r="F86" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="E86" s="5" t="s">
+      <c r="G86" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="F86" s="5" t="s">
+      <c r="H86" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I86" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="J86" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="G86" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="K86" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="4" t="s">
         <v>284</v>
       </c>
       <c r="B87" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="C87" s="5" t="s">
+      <c r="E87" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="D87" s="5" t="s">
+      <c r="F87" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="E87" s="5" t="s">
+      <c r="G87" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="F87" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H87" s="5" t="s">
-        <v>60</v>
+        <v>290</v>
       </c>
       <c r="I87" s="4" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="J87" s="5"/>
+      <c r="K87" s="4"/>
     </row>
     <row r="88">
       <c r="A88" s="4" t="s">
         <v>284</v>
       </c>
       <c r="B88" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="C88" s="5" t="s">
+      <c r="E88" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="D88" s="5" t="s">
+      <c r="F88" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="E88" s="5" t="s">
+      <c r="G88" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="F88" s="5" t="s">
-[...12 lines deleted...]
-      </c>
+      <c r="H88" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I88" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J88" s="5"/>
+      <c r="K88" s="4"/>
     </row>
     <row r="89">
       <c r="A89" s="4" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="G89" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H89" s="5"/>
-[...5 lines deleted...]
-        <v>293</v>
+      <c r="H89" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I89" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K89" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="4" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="G90" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H90" s="5"/>
-      <c r="I90" s="4"/>
+      <c r="H90" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="I90" s="4" t="s">
+        <v>299</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="K90" s="4" t="s">
-        <v>295</v>
+        <v>85</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="4" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="G91" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H91" s="5"/>
-[...6 lines deleted...]
-      </c>
+      <c r="H91" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="I91" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="J91" s="5"/>
+      <c r="K91" s="4"/>
     </row>
     <row r="92">
       <c r="A92" s="4" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>285</v>
+        <v>10</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>286</v>
+        <v>107</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>287</v>
+        <v>304</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>288</v>
+        <v>305</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
       <c r="G92" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H92" s="5"/>
-[...5 lines deleted...]
-        <v>297</v>
+      <c r="H92" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I92" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J92" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K92" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="4" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>285</v>
+        <v>10</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>286</v>
+        <v>107</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>287</v>
+        <v>304</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>288</v>
+        <v>305</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
       <c r="G93" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H93" s="5"/>
-      <c r="I93" s="4"/>
+      <c r="H93" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="I93" s="4" t="s">
+        <v>308</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="K93" s="4" t="s">
-        <v>69</v>
+        <v>310</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="4" t="s">
-        <v>284</v>
+        <v>311</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>285</v>
+        <v>10</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>287</v>
+        <v>313</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>288</v>
+        <v>314</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>289</v>
+        <v>315</v>
       </c>
       <c r="G94" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>299</v>
+        <v>316</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I94" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J94" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K94" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="4" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>285</v>
+        <v>10</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="G95" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>316</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I95" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="K95" s="4" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="4" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>285</v>
+        <v>10</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="G96" s="5" t="s">
-        <v>15</v>
+        <v>316</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>304</v>
+        <v>321</v>
       </c>
       <c r="I96" s="4" t="s">
-        <v>305</v>
-[...6 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="J96" s="5"/>
+      <c r="K96" s="4"/>
     </row>
     <row r="97">
       <c r="A97" s="4" t="s">
-        <v>300</v>
+        <v>323</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>285</v>
+        <v>55</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>301</v>
+        <v>325</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="G97" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H97" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K97" s="4"/>
+      <c r="H97" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I97" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K97" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="4" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>107</v>
+        <v>324</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="G98" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H98" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H98" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="I98" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="K98" s="4" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="4" t="s">
-        <v>309</v>
+        <v>323</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>107</v>
+        <v>324</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>311</v>
+        <v>326</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>312</v>
+        <v>327</v>
       </c>
       <c r="G99" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H99" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H99" s="5"/>
+      <c r="I99" s="4"/>
       <c r="J99" s="5" t="s">
-        <v>315</v>
+        <v>332</v>
       </c>
       <c r="K99" s="4" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="4" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="G100" s="5" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H100" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J100" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="4" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="F101" s="5" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="G101" s="5" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>323</v>
+        <v>278</v>
       </c>
       <c r="I101" s="4" t="s">
-        <v>324</v>
+        <v>279</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="K101" s="4" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="4" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>318</v>
+        <v>335</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>319</v>
+        <v>336</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>320</v>
+        <v>337</v>
       </c>
       <c r="F102" s="5" t="s">
-        <v>321</v>
+        <v>338</v>
       </c>
       <c r="G102" s="5" t="s">
-        <v>322</v>
-[...8 lines deleted...]
-      <c r="K102" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H102" s="5"/>
+      <c r="I102" s="4"/>
+      <c r="J102" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="K102" s="4" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="103">
       <c r="A103" s="4" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F103" s="5" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="G103" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H103" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H103" s="5"/>
+      <c r="I103" s="4"/>
+      <c r="J103" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="K103" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="4" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="G104" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H104" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H104" s="5"/>
+      <c r="I104" s="4"/>
       <c r="J104" s="5" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="K104" s="4" t="s">
-        <v>337</v>
+        <v>344</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="4" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>330</v>
+        <v>75</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>332</v>
+        <v>347</v>
       </c>
       <c r="F105" s="5" t="s">
-        <v>333</v>
+        <v>348</v>
       </c>
       <c r="G105" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>339</v>
+        <v>349</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I105" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J105" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K105" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="4" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>341</v>
+        <v>75</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G106" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>349</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I106" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="K106" s="4" t="s">
+        <v>351</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="4" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>341</v>
+        <v>75</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F107" s="5" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G107" s="5" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="H107" s="5"/>
+      <c r="I107" s="4"/>
       <c r="J107" s="5" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="K107" s="4" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="4" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>341</v>
+        <v>178</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>85</v>
+        <v>358</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I108" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J108" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K108" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="4" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>341</v>
+        <v>178</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="F109" s="5" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="G109" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I109" s="4"/>
+        <v>358</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I109" s="4" t="s">
+        <v>176</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="K109" s="4" t="s">
-        <v>85</v>
+        <v>360</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="4" t="s">
-        <v>340</v>
+        <v>361</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>341</v>
+        <v>87</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>342</v>
+        <v>362</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>343</v>
+        <v>363</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>344</v>
+        <v>364</v>
       </c>
       <c r="G110" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>352</v>
+        <v>365</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I110" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J110" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K110" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="4" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="G111" s="5" t="s">
-        <v>357</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>365</v>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="I111" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="K111" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="4" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="F112" s="5" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="G112" s="5" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>42</v>
+        <v>366</v>
       </c>
       <c r="I112" s="4" t="s">
-        <v>43</v>
+        <v>367</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="K112" s="4" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="4" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="F113" s="5" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="G113" s="5" t="s">
-        <v>357</v>
-[...8 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I113" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="J113" s="5"/>
+      <c r="K113" s="4"/>
     </row>
     <row r="114">
       <c r="A114" s="4" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>180</v>
+        <v>87</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="G114" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="H114" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J114" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="4" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>180</v>
+        <v>87</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="F115" s="5" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="G115" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>367</v>
+        <v>268</v>
       </c>
       <c r="I115" s="4" t="s">
-        <v>368</v>
+        <v>269</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>369</v>
+        <v>375</v>
       </c>
       <c r="K115" s="4" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="4" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F116" s="5" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="G116" s="5" t="s">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="H116" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J116" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="4" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F117" s="5" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="G117" s="5" t="s">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>270</v>
+        <v>381</v>
       </c>
       <c r="I117" s="4" t="s">
-        <v>271</v>
+        <v>382</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>201</v>
+        <v>383</v>
       </c>
       <c r="K117" s="4" t="s">
-        <v>85</v>
+        <v>384</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="4" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="F118" s="5" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="I118" s="4" t="s">
-        <v>377</v>
-[...6 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="J118" s="5"/>
+      <c r="K118" s="4"/>
     </row>
     <row r="119">
       <c r="A119" s="4" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>87</v>
+        <v>324</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>372</v>
+        <v>388</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="F119" s="5" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="G119" s="5" t="s">
-        <v>375</v>
-[...8 lines deleted...]
-      <c r="K119" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I119" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J119" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K119" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="4" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>56</v>
+        <v>324</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="G120" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H120" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H120" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I120" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="K120" s="4" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="4" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="F121" s="5" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="G121" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H121" s="5" t="s">
-[...9 lines deleted...]
-        <v>387</v>
+      <c r="H121" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I121" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J121" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K121" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="4" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>382</v>
+        <v>396</v>
       </c>
       <c r="F122" s="5" t="s">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="G122" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="I122" s="4" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="K122" s="4"/>
+        <v>399</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="K122" s="4" t="s">
+        <v>401</v>
+      </c>
     </row>
     <row r="123">
       <c r="A123" s="4" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="G123" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J123" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="4" t="s">
-        <v>390</v>
+        <v>402</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>55</v>
+        <v>142</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>391</v>
+        <v>403</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>392</v>
+        <v>404</v>
       </c>
       <c r="F124" s="5" t="s">
-        <v>393</v>
+        <v>405</v>
       </c>
       <c r="G124" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>394</v>
+        <v>406</v>
       </c>
       <c r="I124" s="4" t="s">
-        <v>395</v>
+        <v>407</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>396</v>
+        <v>149</v>
       </c>
       <c r="K124" s="4" t="s">
-        <v>387</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="4" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>75</v>
+        <v>335</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="G125" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H125" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H125" s="5"/>
+      <c r="I125" s="4"/>
+      <c r="J125" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="K125" s="4" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="4" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>10</v>
+        <v>142</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>75</v>
+        <v>335</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="G126" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H126" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H126" s="5"/>
+      <c r="I126" s="4"/>
       <c r="J126" s="5" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="K126" s="4" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="4" t="s">
+        <v>402</v>
+      </c>
+      <c r="B127" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C127" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="D127" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="F127" s="5" t="s">
         <v>405</v>
       </c>
-      <c r="B127" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G127" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H127" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H127" s="5"/>
+      <c r="I127" s="4"/>
+      <c r="J127" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K127" s="4" t="s">
+        <v>413</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="4" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>10</v>
+        <v>122</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>87</v>
+        <v>415</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>407</v>
+        <v>417</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>408</v>
+        <v>418</v>
       </c>
       <c r="G128" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H128" s="5" t="s">
-[...9 lines deleted...]
-        <v>412</v>
+      <c r="H128" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I128" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J128" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K128" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>341</v>
+        <v>415</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G129" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H129" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H129" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="I129" s="4" t="s">
+        <v>420</v>
+      </c>
+      <c r="J129" s="5" t="s">
+        <v>421</v>
+      </c>
+      <c r="K129" s="4" t="s">
+        <v>422</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="4" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>142</v>
+        <v>122</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>341</v>
+        <v>415</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="F130" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G130" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H130" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H130" s="5"/>
+      <c r="I130" s="4"/>
       <c r="J130" s="5" t="s">
-        <v>149</v>
+        <v>423</v>
       </c>
       <c r="K130" s="4" t="s">
-        <v>150</v>
+        <v>424</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="4" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>142</v>
+        <v>262</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>341</v>
+        <v>426</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="F131" s="5" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="G131" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H131" s="5"/>
-[...5 lines deleted...]
-        <v>420</v>
+      <c r="H131" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I131" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J131" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K131" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="4" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>142</v>
+        <v>262</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>341</v>
+        <v>426</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="G132" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H132" s="5"/>
-      <c r="I132" s="4"/>
+      <c r="H132" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="I132" s="4" t="s">
+        <v>431</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="K132" s="4" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="4" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>142</v>
+        <v>262</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>341</v>
+        <v>426</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="F133" s="5" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="G133" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="5"/>
       <c r="I133" s="4"/>
       <c r="J133" s="5" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="K133" s="4" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="4" t="s">
         <v>425</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>122</v>
+        <v>262</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>426</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>428</v>
       </c>
       <c r="F134" s="5" t="s">
         <v>429</v>
       </c>
       <c r="G134" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H134" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H134" s="5"/>
+      <c r="I134" s="4"/>
+      <c r="J134" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="K134" s="4" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="4" t="s">
         <v>425</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>122</v>
+        <v>262</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>426</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>427</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>428</v>
       </c>
       <c r="F135" s="5" t="s">
         <v>429</v>
       </c>
       <c r="G135" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H135" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H135" s="5"/>
+      <c r="I135" s="4"/>
       <c r="J135" s="5" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="K135" s="4" t="s">
-        <v>433</v>
+        <v>85</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="4" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>122</v>
+        <v>55</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>426</v>
+        <v>56</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>427</v>
+        <v>439</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="F136" s="5" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
       <c r="G136" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>435</v>
+        <v>442</v>
+      </c>
+      <c r="H136" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I136" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J136" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K136" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="4" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>264</v>
+        <v>55</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>437</v>
+        <v>56</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="G137" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>442</v>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="I137" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="J137" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="K137" s="4" t="s">
+        <v>444</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="4" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>264</v>
+        <v>142</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>437</v>
+        <v>335</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="G138" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>444</v>
+        <v>449</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I138" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J138" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K138" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="4" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>264</v>
+        <v>142</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>437</v>
+        <v>335</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="F139" s="5" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="G139" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="I139" s="4"/>
+        <v>449</v>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I139" s="4" t="s">
+        <v>392</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="K139" s="4" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="4" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>264</v>
+        <v>142</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>437</v>
+        <v>335</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="F140" s="5" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="G140" s="5" t="s">
-        <v>15</v>
+        <v>449</v>
       </c>
       <c r="H140" s="5"/>
       <c r="I140" s="4"/>
       <c r="J140" s="5" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="K140" s="4" t="s">
-        <v>95</v>
+        <v>453</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="4" t="s">
-        <v>436</v>
+        <v>454</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>264</v>
+        <v>10</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>437</v>
+        <v>195</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>438</v>
+        <v>455</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>439</v>
+        <v>456</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>440</v>
+        <v>457</v>
       </c>
       <c r="G141" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H141" s="5"/>
-[...5 lines deleted...]
-        <v>85</v>
+      <c r="H141" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I141" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J141" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K141" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="4" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>56</v>
+        <v>195</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F142" s="5" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="G142" s="5" t="s">
-        <v>453</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="H142" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="I142" s="4" t="s">
+        <v>459</v>
+      </c>
+      <c r="J142" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="K142" s="4" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="4" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>56</v>
+        <v>195</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F143" s="5" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="G143" s="5" t="s">
-        <v>453</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H143" s="5"/>
+      <c r="I143" s="4"/>
       <c r="J143" s="5" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="K143" s="4" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="4" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>341</v>
+        <v>178</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="F144" s="5" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="G144" s="5" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J144" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K144" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="4" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>341</v>
+        <v>178</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="F145" s="5" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="G145" s="5" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>394</v>
+        <v>469</v>
       </c>
       <c r="I145" s="4" t="s">
-        <v>395</v>
+        <v>470</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="K145" s="4" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="4" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>142</v>
+        <v>10</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>341</v>
+        <v>178</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="F146" s="5" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="G146" s="5" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-      <c r="I146" s="4"/>
+        <v>468</v>
+      </c>
+      <c r="H146" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I146" s="4" t="s">
+        <v>474</v>
+      </c>
       <c r="J146" s="5" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
       <c r="K146" s="4" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D147" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="B147" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D147" s="5" t="s">
+      <c r="E147" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="E147" s="5" t="s">
+      <c r="F147" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="F147" s="5" t="s">
+      <c r="G147" s="5" t="s">
         <v>468</v>
       </c>
-      <c r="G147" s="5" t="s">
-[...12 lines deleted...]
-        <v>19</v>
+      <c r="H147" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="I147" s="4" t="s">
+        <v>478</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="K147" s="4" t="s">
+        <v>480</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B148" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C148" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D148" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="B148" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D148" s="5" t="s">
+      <c r="E148" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="E148" s="5" t="s">
+      <c r="F148" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="F148" s="5" t="s">
+      <c r="G148" s="5" t="s">
         <v>468</v>
       </c>
-      <c r="G148" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H148" s="5" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="I148" s="4" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="K148" s="4" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="4" t="s">
+        <v>464</v>
+      </c>
+      <c r="B149" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C149" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D149" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="B149" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D149" s="5" t="s">
+      <c r="E149" s="5" t="s">
         <v>466</v>
       </c>
-      <c r="E149" s="5" t="s">
+      <c r="F149" s="5" t="s">
         <v>467</v>
       </c>
-      <c r="F149" s="5" t="s">
+      <c r="G149" s="5" t="s">
         <v>468</v>
       </c>
-      <c r="G149" s="5" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="H149" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="I149" s="4" t="s">
+        <v>486</v>
+      </c>
+      <c r="J149" s="5"/>
+      <c r="K149" s="4"/>
     </row>
     <row r="150">
       <c r="A150" s="4" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="G150" s="5" t="s">
-        <v>479</v>
-[...12 lines deleted...]
-      </c>
+        <v>468</v>
+      </c>
+      <c r="H150" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="I150" s="4" t="s">
+        <v>488</v>
+      </c>
+      <c r="J150" s="5"/>
+      <c r="K150" s="4"/>
     </row>
     <row r="151">
       <c r="A151" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G151" s="5" t="s">
-        <v>479</v>
-[...11 lines deleted...]
-        <v>483</v>
+        <v>15</v>
+      </c>
+      <c r="H151" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I151" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J151" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K151" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G152" s="5" t="s">
-        <v>479</v>
+        <v>15</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>484</v>
+        <v>493</v>
       </c>
       <c r="I152" s="4" t="s">
-        <v>485</v>
+        <v>494</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="K152" s="4" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F153" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G153" s="5" t="s">
-        <v>479</v>
+        <v>15</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>488</v>
+        <v>497</v>
       </c>
       <c r="I153" s="4" t="s">
-        <v>489</v>
+        <v>498</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>490</v>
+        <v>499</v>
       </c>
       <c r="K153" s="4" t="s">
-        <v>491</v>
+        <v>500</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F154" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G154" s="5" t="s">
-        <v>479</v>
+        <v>15</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>492</v>
+        <v>501</v>
       </c>
       <c r="I154" s="4" t="s">
-        <v>493</v>
+        <v>502</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>494</v>
+        <v>503</v>
       </c>
       <c r="K154" s="4" t="s">
-        <v>495</v>
+        <v>504</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="4" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="F155" s="5" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="G155" s="5" t="s">
-        <v>479</v>
+        <v>15</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>496</v>
+        <v>42</v>
       </c>
       <c r="I155" s="4" t="s">
-        <v>497</v>
+        <v>43</v>
       </c>
       <c r="J155" s="5"/>
       <c r="K155" s="4"/>
     </row>
     <row r="156">
       <c r="A156" s="4" t="s">
-        <v>475</v>
+        <v>505</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>10</v>
+        <v>262</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>180</v>
+        <v>263</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>476</v>
+        <v>506</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>477</v>
+        <v>507</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>478</v>
+        <v>508</v>
       </c>
       <c r="G156" s="5" t="s">
-        <v>479</v>
-[...8 lines deleted...]
-      <c r="K156" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H156" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I156" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J156" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K156" s="7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="157">
       <c r="A157" s="4" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="F157" s="5" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="G157" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H157" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H157" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="I157" s="4" t="s">
+        <v>431</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="K157" s="4" t="s">
+        <v>510</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="4" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>264</v>
+        <v>10</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>265</v>
+        <v>178</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="F158" s="5" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="G158" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H158" s="5" t="s">
-[...9 lines deleted...]
-        <v>507</v>
+      <c r="H158" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I158" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J158" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K158" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="4" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>264</v>
+        <v>10</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>265</v>
+        <v>178</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="F159" s="5" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="G159" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H159" s="5" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="I159" s="4" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="K159" s="4" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="4" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>501</v>
+        <v>520</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="F160" s="5" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="G160" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H160" s="5" t="s">
-[...9 lines deleted...]
-        <v>515</v>
+      <c r="H160" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I160" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J160" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K160" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="4" t="s">
-        <v>500</v>
+        <v>519</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>501</v>
+        <v>520</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>502</v>
+        <v>521</v>
       </c>
       <c r="F161" s="5" t="s">
-        <v>503</v>
+        <v>522</v>
       </c>
       <c r="G161" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>42</v>
+        <v>523</v>
       </c>
       <c r="I161" s="4" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="K161" s="4"/>
+        <v>524</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="K161" s="4" t="s">
+        <v>526</v>
+      </c>
     </row>
     <row r="162">
       <c r="A162" s="4" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F162" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="G162" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H162" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H162" s="5"/>
+      <c r="I162" s="4"/>
+      <c r="J162" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K162" s="4" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="4" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>264</v>
+        <v>97</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>265</v>
+        <v>113</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F163" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="G163" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H163" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H163" s="5"/>
+      <c r="I163" s="4"/>
       <c r="J163" s="5" t="s">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="K163" s="4" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="4" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="F164" s="5" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="G164" s="5" t="s">
-        <v>15</v>
+        <v>535</v>
       </c>
       <c r="H164" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J164" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K164" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="4" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>180</v>
+        <v>11</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="F165" s="5" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="G165" s="5" t="s">
-        <v>15</v>
+        <v>535</v>
       </c>
       <c r="H165" s="5" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="I165" s="4" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="K165" s="4" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F166" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G166" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>535</v>
+      </c>
+      <c r="H166" s="5"/>
+      <c r="I166" s="4"/>
+      <c r="J166" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="K166" s="4" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F167" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G167" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="I167" s="4" t="s">
         <v>535</v>
       </c>
+      <c r="H167" s="5"/>
+      <c r="I167" s="4"/>
       <c r="J167" s="5" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="K167" s="4" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G168" s="5" t="s">
-        <v>15</v>
+        <v>535</v>
       </c>
       <c r="H168" s="5"/>
       <c r="I168" s="4"/>
       <c r="J168" s="5" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="K168" s="4" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="4" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E169" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F169" s="5" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="G169" s="5" t="s">
-        <v>15</v>
+        <v>535</v>
       </c>
       <c r="H169" s="5"/>
       <c r="I169" s="4"/>
       <c r="J169" s="5" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="K169" s="4" t="s">
-        <v>541</v>
+        <v>233</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="4" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="F170" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="G170" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H170" s="6" t="s">
         <v>16</v>
       </c>
       <c r="I170" s="7" t="s">
         <v>17</v>
       </c>
       <c r="J170" s="6" t="s">
         <v>18</v>
       </c>
       <c r="K170" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="4" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>97</v>
+        <v>10</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="F171" s="5" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="G171" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>282</v>
+        <v>549</v>
       </c>
       <c r="I171" s="4" t="s">
-        <v>283</v>
+        <v>550</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>434</v>
+        <v>551</v>
       </c>
       <c r="K171" s="4" t="s">
-        <v>435</v>
+        <v>552</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="4" t="s">
+        <v>545</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D172" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="B172" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D172" s="5" t="s">
+      <c r="E172" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="E172" s="5" t="s">
+      <c r="F172" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="F172" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G172" s="5" t="s">
-        <v>550</v>
-[...12 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="I172" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="J172" s="5"/>
+      <c r="K172" s="4"/>
     </row>
     <row r="173">
       <c r="A173" s="4" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>11</v>
+        <v>554</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="F173" s="5" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="G173" s="5" t="s">
-        <v>550</v>
-[...11 lines deleted...]
-        <v>554</v>
+        <v>558</v>
+      </c>
+      <c r="H173" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I173" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J173" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K173" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="4" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>11</v>
+        <v>554</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="F174" s="5" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="G174" s="5" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-      <c r="I174" s="4"/>
+        <v>558</v>
+      </c>
+      <c r="H174" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="I174" s="4" t="s">
+        <v>560</v>
+      </c>
       <c r="J174" s="5" t="s">
-        <v>201</v>
+        <v>561</v>
       </c>
       <c r="K174" s="4" t="s">
-        <v>85</v>
+        <v>369</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="4" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>11</v>
+        <v>178</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="F175" s="5" t="s">
-        <v>549</v>
+        <v>565</v>
       </c>
       <c r="G175" s="5" t="s">
-        <v>550</v>
-[...7 lines deleted...]
-        <v>556</v>
+        <v>15</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J175" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K175" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="4" t="s">
-        <v>546</v>
+        <v>562</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>11</v>
+        <v>178</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="F176" s="5" t="s">
-        <v>549</v>
+        <v>565</v>
       </c>
       <c r="G176" s="5" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-      <c r="I176" s="4"/>
+        <v>15</v>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I176" s="4" t="s">
+        <v>392</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>557</v>
+        <v>450</v>
       </c>
       <c r="K176" s="4" t="s">
-        <v>558</v>
+        <v>451</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="4" t="s">
-        <v>546</v>
+        <v>566</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>547</v>
+        <v>567</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>548</v>
+        <v>568</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>549</v>
+        <v>569</v>
       </c>
       <c r="G177" s="5" t="s">
-        <v>550</v>
-[...7 lines deleted...]
-        <v>235</v>
+        <v>15</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I177" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J177" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K177" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="4" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="G178" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H178" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H178" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="I178" s="4" t="s">
+        <v>392</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="K178" s="4" t="s">
+        <v>571</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="4" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F179" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="G179" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="I179" s="4" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>566</v>
+        <v>450</v>
       </c>
       <c r="K179" s="4" t="s">
-        <v>567</v>
+        <v>451</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="4" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>10</v>
+        <v>97</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="F180" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="G180" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H180" s="5" t="s">
-[...6 lines deleted...]
-      <c r="K180" s="4"/>
+      <c r="H180" s="5"/>
+      <c r="I180" s="4"/>
+      <c r="J180" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="K180" s="4" t="s">
+        <v>575</v>
+      </c>
     </row>
     <row r="181">
       <c r="A181" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B181" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C181" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E181" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="B181" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D181" s="5" t="s">
+      <c r="F181" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="E181" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G181" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H181" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H181" s="5"/>
+      <c r="I181" s="4"/>
+      <c r="J181" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K181" s="4" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B182" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C182" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E182" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="B182" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D182" s="5" t="s">
+      <c r="F182" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="E182" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G182" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H182" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H182" s="5"/>
+      <c r="I182" s="4"/>
       <c r="J182" s="5" t="s">
-        <v>461</v>
+        <v>578</v>
       </c>
       <c r="K182" s="4" t="s">
-        <v>462</v>
+        <v>579</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="F183" s="5" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="G183" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H183" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H183" s="5"/>
+      <c r="I183" s="4"/>
+      <c r="J183" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K183" s="4" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="F184" s="5" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="G184" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H184" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H184" s="5"/>
+      <c r="I184" s="4"/>
       <c r="J184" s="5" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="K184" s="4" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="4" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="F185" s="5" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="G185" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H185" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H185" s="5"/>
+      <c r="I185" s="4"/>
       <c r="J185" s="5" t="s">
-        <v>461</v>
+        <v>584</v>
       </c>
       <c r="K185" s="4" t="s">
-        <v>462</v>
+        <v>585</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="4" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>98</v>
+        <v>587</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="F186" s="5" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="G186" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H186" s="5"/>
-[...5 lines deleted...]
-        <v>581</v>
+      <c r="H186" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I186" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J186" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K186" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="4" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>98</v>
+        <v>587</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="F187" s="5" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="G187" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H187" s="5"/>
-      <c r="I187" s="4"/>
+      <c r="H187" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="I187" s="4" t="s">
+        <v>592</v>
+      </c>
       <c r="J187" s="5" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="K187" s="4" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="4" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>97</v>
+        <v>293</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>98</v>
+        <v>587</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="F188" s="5" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="G188" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H188" s="5"/>
       <c r="I188" s="4"/>
       <c r="J188" s="5" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
       <c r="K188" s="4" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="4" t="s">
-        <v>572</v>
+        <v>597</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>573</v>
+        <v>598</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="F189" s="5" t="s">
-        <v>575</v>
+        <v>600</v>
       </c>
       <c r="G189" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H189" s="5"/>
-[...5 lines deleted...]
-        <v>587</v>
+      <c r="H189" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="I189" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J189" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K189" s="7" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="4" t="s">
-        <v>572</v>
+        <v>597</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>573</v>
+        <v>598</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="F190" s="5" t="s">
-        <v>575</v>
+        <v>600</v>
       </c>
       <c r="G190" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H190" s="5"/>
-      <c r="I190" s="4"/>
+      <c r="H190" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="I190" s="4" t="s">
+        <v>602</v>
+      </c>
       <c r="J190" s="5" t="s">
-        <v>588</v>
+        <v>161</v>
       </c>
       <c r="K190" s="4" t="s">
-        <v>589</v>
+        <v>162</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="4" t="s">
-        <v>572</v>
+        <v>597</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>98</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>573</v>
+        <v>598</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>574</v>
+        <v>599</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>575</v>
+        <v>600</v>
       </c>
       <c r="G191" s="5" t="s">
         <v>15</v>
       </c>
       <c r="H191" s="5"/>
       <c r="I191" s="4"/>
       <c r="J191" s="5" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
       <c r="K191" s="4" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="4" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>285</v>
+        <v>97</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>593</v>
+        <v>98</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="F192" s="5" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="G192" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H192" s="6" t="s">
-[...9 lines deleted...]
-        <v>19</v>
+      <c r="H192" s="5"/>
+      <c r="I192" s="4"/>
+      <c r="J192" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="K192" s="4" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="4" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>285</v>
+        <v>97</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>593</v>
+        <v>98</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="F193" s="5" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="G193" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="H193" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H193" s="5"/>
+      <c r="I193" s="4"/>
       <c r="J193" s="5" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K193" s="4" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
     </row>
     <row r="194">
-      <c r="A194" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A194" s="4"/>
+      <c r="B194" s="5"/>
+      <c r="C194" s="5"/>
+      <c r="D194" s="5"/>
+      <c r="E194" s="5"/>
+      <c r="F194" s="5"/>
+      <c r="G194" s="5"/>
       <c r="H194" s="5"/>
       <c r="I194" s="4"/>
-      <c r="J194" s="5" t="s">
-[...180 lines deleted...]
-      <c r="K200" s="4"/>
+      <c r="J194" s="5"/>
+      <c r="K194" s="4"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="J1:K1"/>
     <mergeCell ref="A2:A18"/>
     <mergeCell ref="B2:B18"/>
     <mergeCell ref="C2:C18"/>
     <mergeCell ref="D2:D18"/>
     <mergeCell ref="E2:E18"/>
     <mergeCell ref="F2:F18"/>
     <mergeCell ref="G2:G18"/>
     <mergeCell ref="A19:A25"/>
     <mergeCell ref="B19:B25"/>
     <mergeCell ref="C19:C25"/>
     <mergeCell ref="D19:D25"/>
     <mergeCell ref="E19:E25"/>
     <mergeCell ref="F19:F25"/>
     <mergeCell ref="G19:G25"/>
     <mergeCell ref="A26:A28"/>
     <mergeCell ref="B26:B28"/>
     <mergeCell ref="C26:C28"/>
     <mergeCell ref="D26:D28"/>
     <mergeCell ref="E26:E28"/>
     <mergeCell ref="F26:F28"/>
@@ -8734,253 +8526,253 @@
     <mergeCell ref="D59:D60"/>
     <mergeCell ref="E59:E60"/>
     <mergeCell ref="F59:F60"/>
     <mergeCell ref="G59:G60"/>
     <mergeCell ref="A61:A69"/>
     <mergeCell ref="B61:B69"/>
     <mergeCell ref="C61:C69"/>
     <mergeCell ref="D61:D69"/>
     <mergeCell ref="E61:E69"/>
     <mergeCell ref="F61:F69"/>
     <mergeCell ref="G61:G69"/>
     <mergeCell ref="A70:A78"/>
     <mergeCell ref="B70:B78"/>
     <mergeCell ref="C70:C78"/>
     <mergeCell ref="D70:D78"/>
     <mergeCell ref="E70:E78"/>
     <mergeCell ref="F70:F78"/>
     <mergeCell ref="G70:G78"/>
     <mergeCell ref="A79:A81"/>
     <mergeCell ref="B79:B81"/>
     <mergeCell ref="C79:C81"/>
     <mergeCell ref="D79:D81"/>
     <mergeCell ref="E79:E81"/>
     <mergeCell ref="F79:F81"/>
     <mergeCell ref="G79:G81"/>
-    <mergeCell ref="A82:A85"/>
-[...54 lines deleted...]
-    <mergeCell ref="G111:G113"/>
+    <mergeCell ref="A82:A84"/>
+    <mergeCell ref="B82:B84"/>
+    <mergeCell ref="C82:C84"/>
+    <mergeCell ref="D82:D84"/>
+    <mergeCell ref="E82:E84"/>
+    <mergeCell ref="F82:F84"/>
+    <mergeCell ref="G82:G84"/>
+    <mergeCell ref="A85:A88"/>
+    <mergeCell ref="B85:B88"/>
+    <mergeCell ref="C85:C88"/>
+    <mergeCell ref="D85:D88"/>
+    <mergeCell ref="E85:E88"/>
+    <mergeCell ref="F85:F88"/>
+    <mergeCell ref="G85:G88"/>
+    <mergeCell ref="A89:A91"/>
+    <mergeCell ref="B89:B91"/>
+    <mergeCell ref="C89:C91"/>
+    <mergeCell ref="D89:D91"/>
+    <mergeCell ref="E89:E91"/>
+    <mergeCell ref="F89:F91"/>
+    <mergeCell ref="G89:G91"/>
+    <mergeCell ref="A92:A93"/>
+    <mergeCell ref="B92:B93"/>
+    <mergeCell ref="C92:C93"/>
+    <mergeCell ref="D92:D93"/>
+    <mergeCell ref="E92:E93"/>
+    <mergeCell ref="F92:F93"/>
+    <mergeCell ref="G92:G93"/>
+    <mergeCell ref="A94:A96"/>
+    <mergeCell ref="B94:B96"/>
+    <mergeCell ref="C94:C96"/>
+    <mergeCell ref="D94:D96"/>
+    <mergeCell ref="E94:E96"/>
+    <mergeCell ref="F94:F96"/>
+    <mergeCell ref="G94:G96"/>
+    <mergeCell ref="A97:A99"/>
+    <mergeCell ref="B97:B99"/>
+    <mergeCell ref="C97:C99"/>
+    <mergeCell ref="D97:D99"/>
+    <mergeCell ref="E97:E99"/>
+    <mergeCell ref="F97:F99"/>
+    <mergeCell ref="G97:G99"/>
+    <mergeCell ref="A100:A104"/>
+    <mergeCell ref="B100:B104"/>
+    <mergeCell ref="C100:C104"/>
+    <mergeCell ref="D100:D104"/>
+    <mergeCell ref="E100:E104"/>
+    <mergeCell ref="F100:F104"/>
+    <mergeCell ref="G100:G104"/>
+    <mergeCell ref="A105:A107"/>
+    <mergeCell ref="B105:B107"/>
+    <mergeCell ref="C105:C107"/>
+    <mergeCell ref="D105:D107"/>
+    <mergeCell ref="E105:E107"/>
+    <mergeCell ref="F105:F107"/>
+    <mergeCell ref="G105:G107"/>
+    <mergeCell ref="A108:A109"/>
+    <mergeCell ref="B108:B109"/>
+    <mergeCell ref="C108:C109"/>
+    <mergeCell ref="D108:D109"/>
+    <mergeCell ref="E108:E109"/>
+    <mergeCell ref="F108:F109"/>
+    <mergeCell ref="G108:G109"/>
+    <mergeCell ref="A110:A113"/>
+    <mergeCell ref="B110:B113"/>
+    <mergeCell ref="C110:C113"/>
+    <mergeCell ref="D110:D113"/>
+    <mergeCell ref="E110:E113"/>
+    <mergeCell ref="F110:F113"/>
+    <mergeCell ref="G110:G113"/>
     <mergeCell ref="A114:A115"/>
     <mergeCell ref="B114:B115"/>
     <mergeCell ref="C114:C115"/>
     <mergeCell ref="D114:D115"/>
     <mergeCell ref="E114:E115"/>
     <mergeCell ref="F114:F115"/>
     <mergeCell ref="G114:G115"/>
-    <mergeCell ref="A116:A119"/>
-[...159 lines deleted...]
-    <mergeCell ref="G195:G199"/>
+    <mergeCell ref="A116:A118"/>
+    <mergeCell ref="B116:B118"/>
+    <mergeCell ref="C116:C118"/>
+    <mergeCell ref="D116:D118"/>
+    <mergeCell ref="E116:E118"/>
+    <mergeCell ref="F116:F118"/>
+    <mergeCell ref="G116:G118"/>
+    <mergeCell ref="A119:A120"/>
+    <mergeCell ref="B119:B120"/>
+    <mergeCell ref="C119:C120"/>
+    <mergeCell ref="D119:D120"/>
+    <mergeCell ref="E119:E120"/>
+    <mergeCell ref="F119:F120"/>
+    <mergeCell ref="G119:G120"/>
+    <mergeCell ref="A121:A122"/>
+    <mergeCell ref="B121:B122"/>
+    <mergeCell ref="C121:C122"/>
+    <mergeCell ref="D121:D122"/>
+    <mergeCell ref="E121:E122"/>
+    <mergeCell ref="F121:F122"/>
+    <mergeCell ref="G121:G122"/>
+    <mergeCell ref="A123:A127"/>
+    <mergeCell ref="B123:B127"/>
+    <mergeCell ref="C123:C127"/>
+    <mergeCell ref="D123:D127"/>
+    <mergeCell ref="E123:E127"/>
+    <mergeCell ref="F123:F127"/>
+    <mergeCell ref="G123:G127"/>
+    <mergeCell ref="A128:A130"/>
+    <mergeCell ref="B128:B130"/>
+    <mergeCell ref="C128:C130"/>
+    <mergeCell ref="D128:D130"/>
+    <mergeCell ref="E128:E130"/>
+    <mergeCell ref="F128:F130"/>
+    <mergeCell ref="G128:G130"/>
+    <mergeCell ref="A131:A135"/>
+    <mergeCell ref="B131:B135"/>
+    <mergeCell ref="C131:C135"/>
+    <mergeCell ref="D131:D135"/>
+    <mergeCell ref="E131:E135"/>
+    <mergeCell ref="F131:F135"/>
+    <mergeCell ref="G131:G135"/>
+    <mergeCell ref="A136:A137"/>
+    <mergeCell ref="B136:B137"/>
+    <mergeCell ref="C136:C137"/>
+    <mergeCell ref="D136:D137"/>
+    <mergeCell ref="E136:E137"/>
+    <mergeCell ref="F136:F137"/>
+    <mergeCell ref="G136:G137"/>
+    <mergeCell ref="A138:A140"/>
+    <mergeCell ref="B138:B140"/>
+    <mergeCell ref="C138:C140"/>
+    <mergeCell ref="D138:D140"/>
+    <mergeCell ref="E138:E140"/>
+    <mergeCell ref="F138:F140"/>
+    <mergeCell ref="G138:G140"/>
+    <mergeCell ref="A141:A143"/>
+    <mergeCell ref="B141:B143"/>
+    <mergeCell ref="C141:C143"/>
+    <mergeCell ref="D141:D143"/>
+    <mergeCell ref="E141:E143"/>
+    <mergeCell ref="F141:F143"/>
+    <mergeCell ref="G141:G143"/>
+    <mergeCell ref="A144:A150"/>
+    <mergeCell ref="B144:B150"/>
+    <mergeCell ref="C144:C150"/>
+    <mergeCell ref="D144:D150"/>
+    <mergeCell ref="E144:E150"/>
+    <mergeCell ref="F144:F150"/>
+    <mergeCell ref="G144:G150"/>
+    <mergeCell ref="A151:A155"/>
+    <mergeCell ref="B151:B155"/>
+    <mergeCell ref="C151:C155"/>
+    <mergeCell ref="D151:D155"/>
+    <mergeCell ref="E151:E155"/>
+    <mergeCell ref="F151:F155"/>
+    <mergeCell ref="G151:G155"/>
+    <mergeCell ref="A156:A157"/>
+    <mergeCell ref="B156:B157"/>
+    <mergeCell ref="C156:C157"/>
+    <mergeCell ref="D156:D157"/>
+    <mergeCell ref="E156:E157"/>
+    <mergeCell ref="F156:F157"/>
+    <mergeCell ref="G156:G157"/>
+    <mergeCell ref="A158:A159"/>
+    <mergeCell ref="B158:B159"/>
+    <mergeCell ref="C158:C159"/>
+    <mergeCell ref="D158:D159"/>
+    <mergeCell ref="E158:E159"/>
+    <mergeCell ref="F158:F159"/>
+    <mergeCell ref="G158:G159"/>
+    <mergeCell ref="A160:A163"/>
+    <mergeCell ref="B160:B163"/>
+    <mergeCell ref="C160:C163"/>
+    <mergeCell ref="D160:D163"/>
+    <mergeCell ref="E160:E163"/>
+    <mergeCell ref="F160:F163"/>
+    <mergeCell ref="G160:G163"/>
+    <mergeCell ref="A164:A169"/>
+    <mergeCell ref="B164:B169"/>
+    <mergeCell ref="C164:C169"/>
+    <mergeCell ref="D164:D169"/>
+    <mergeCell ref="E164:E169"/>
+    <mergeCell ref="F164:F169"/>
+    <mergeCell ref="G164:G169"/>
+    <mergeCell ref="A170:A172"/>
+    <mergeCell ref="B170:B172"/>
+    <mergeCell ref="C170:C172"/>
+    <mergeCell ref="D170:D172"/>
+    <mergeCell ref="E170:E172"/>
+    <mergeCell ref="F170:F172"/>
+    <mergeCell ref="G170:G172"/>
+    <mergeCell ref="A173:A174"/>
+    <mergeCell ref="B173:B174"/>
+    <mergeCell ref="C173:C174"/>
+    <mergeCell ref="D173:D174"/>
+    <mergeCell ref="E173:E174"/>
+    <mergeCell ref="F173:F174"/>
+    <mergeCell ref="G173:G174"/>
+    <mergeCell ref="A175:A176"/>
+    <mergeCell ref="B175:B176"/>
+    <mergeCell ref="C175:C176"/>
+    <mergeCell ref="D175:D176"/>
+    <mergeCell ref="E175:E176"/>
+    <mergeCell ref="F175:F176"/>
+    <mergeCell ref="G175:G176"/>
+    <mergeCell ref="A177:A185"/>
+    <mergeCell ref="B177:B185"/>
+    <mergeCell ref="C177:C185"/>
+    <mergeCell ref="D177:D185"/>
+    <mergeCell ref="E177:E185"/>
+    <mergeCell ref="F177:F185"/>
+    <mergeCell ref="G177:G185"/>
+    <mergeCell ref="A186:A188"/>
+    <mergeCell ref="B186:B188"/>
+    <mergeCell ref="C186:C188"/>
+    <mergeCell ref="D186:D188"/>
+    <mergeCell ref="E186:E188"/>
+    <mergeCell ref="F186:F188"/>
+    <mergeCell ref="G186:G188"/>
+    <mergeCell ref="A189:A193"/>
+    <mergeCell ref="B189:B193"/>
+    <mergeCell ref="C189:C193"/>
+    <mergeCell ref="D189:D193"/>
+    <mergeCell ref="E189:E193"/>
+    <mergeCell ref="F189:F193"/>
+    <mergeCell ref="G189:G193"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>