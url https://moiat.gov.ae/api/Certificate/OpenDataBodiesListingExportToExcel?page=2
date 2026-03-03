--- v0 (2026-01-03)
+++ v1 (2026-03-03)
@@ -24,107 +24,107 @@
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>ConformityBodyName</t>
   </si>
   <si>
     <t>MemberName</t>
   </si>
   <si>
     <t>Designation</t>
   </si>
   <si>
     <t>Numbers</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
-    <t>PKF - United Arab Emirates</t>
-[...5 lines deleted...]
-    <t>Partner</t>
+    <t>بي كي اف – الإمارات العربية المتحدة</t>
+  </si>
+  <si>
+    <t>جيوتن دولاكيا</t>
+  </si>
+  <si>
+    <t>شريك</t>
   </si>
   <si>
     <t xml:space="preserve">+97150 904 9185
 +971 2 626 1715
 </t>
   </si>
   <si>
     <t>jyotin@pkfuae.com</t>
   </si>
   <si>
     <t>Protiviti</t>
   </si>
   <si>
-    <t>Manish Laligam</t>
-[...2 lines deleted...]
-    <t>Partner &amp; Managing Director</t>
+    <t>مانيش لاليجام</t>
+  </si>
+  <si>
+    <t>الشريك و رئيس تنفيذي</t>
   </si>
   <si>
     <t xml:space="preserve">+971 52 999 8939
 </t>
   </si>
   <si>
     <t>icv@protivitiglobal.me</t>
   </si>
   <si>
-    <t>Talal Abu-Ghazaleh &amp; Co. International</t>
-[...5 lines deleted...]
-    <t>Executive Director</t>
+    <t>طلال أبو غزالة وشركائه الدولية</t>
+  </si>
+  <si>
+    <t>فراس كيلاني</t>
+  </si>
+  <si>
+    <t>مدير تنفيذي</t>
   </si>
   <si>
     <t xml:space="preserve">+971 2 678 1495
 +971 50 612 7310
 </t>
   </si>
   <si>
     <t>falkilani@tagi.com</t>
   </si>
   <si>
-    <t>Zayed Chartered Accountant</t>
-[...5 lines deleted...]
-    <t>Chairman</t>
+    <t>زايد تشارتد اكاونتنت لتدقيق الحسابات</t>
+  </si>
+  <si>
+    <t>زايد عبدالله العلي</t>
+  </si>
+  <si>
+    <t>رئيس مجلس إدارة</t>
   </si>
   <si>
     <t xml:space="preserve">+971 2 666 6828
 +971 55 162 9988
 +971 50 473 2999
 </t>
   </si>
   <si>
     <t>info@zcaa.ae</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
@@ -175,53 +175,53 @@
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="35.4848670959473" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="26.8133640289307" customWidth="1"/>
+    <col min="2" max="2" width="28.3380737304688" customWidth="1"/>
+    <col min="3" max="3" width="14.2409143447876" customWidth="1"/>
+    <col min="4" max="4" width="17.5969104766846" customWidth="1"/>
     <col min="5" max="5" width="17.0751476287842" customWidth="1"/>
     <col min="6" max="6" width="21.3092708587646" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">